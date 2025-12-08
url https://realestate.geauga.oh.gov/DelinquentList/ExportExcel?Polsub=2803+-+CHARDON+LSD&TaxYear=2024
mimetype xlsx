--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="366" uniqueCount="366">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="322" uniqueCount="322">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>00035</t>
   </si>
   <si>
     <t>SOKOLOWSKI MICHAEL K</t>
   </si>
   <si>
@@ -58,59 +58,50 @@
   <si>
     <t>13037 KEVIN LN</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>00093</t>
   </si>
   <si>
     <t>TAMBOR JUSTIN</t>
   </si>
   <si>
     <t>12860 MAYFIELD RD LOT 86</t>
   </si>
   <si>
     <t>00203</t>
   </si>
   <si>
     <t>BERINGER RUTH A</t>
   </si>
   <si>
     <t>42 WAYNE LN</t>
   </si>
   <si>
-    <t>00205</t>
-[...7 lines deleted...]
-  <si>
     <t>00215</t>
   </si>
   <si>
     <t>GARAMENDI EVELYN I HERNANDEZ</t>
   </si>
   <si>
     <t>12860 MAYFIELD RD LOT 111A</t>
   </si>
   <si>
     <t>00333</t>
   </si>
   <si>
     <t>WILLIAMS JASON M</t>
   </si>
   <si>
     <t>12860 MAYFIELD RD LOT 96</t>
   </si>
   <si>
     <t>00379</t>
   </si>
   <si>
     <t>ALLOWAY TAYLOR</t>
   </si>
   <si>
     <t>6 SUSAN LN</t>
@@ -130,167 +121,113 @@
   <si>
     <t>KOLSON ANDREW</t>
   </si>
   <si>
     <t>15 WAYNE LN</t>
   </si>
   <si>
     <t>00522</t>
   </si>
   <si>
     <t>SANCHEZ JESUS GUSTAVO</t>
   </si>
   <si>
     <t>12860 MAYFIELD RD LOT 31</t>
   </si>
   <si>
     <t>00550</t>
   </si>
   <si>
     <t>JAKLIC MARY B</t>
   </si>
   <si>
     <t>12860 MAYFIELD RD LOT 30</t>
   </si>
   <si>
-    <t>00603</t>
-[...7 lines deleted...]
-  <si>
     <t>00622</t>
   </si>
   <si>
     <t>BLASKO THOMAS JR</t>
   </si>
   <si>
     <t>12860 MAYFIELD RD LOT 126</t>
   </si>
   <si>
-    <t>00748</t>
-[...16 lines deleted...]
-  <si>
     <t>00775</t>
   </si>
   <si>
     <t>WOODS MYRON</t>
   </si>
   <si>
     <t>1 DANIEL LN</t>
   </si>
   <si>
     <t>00778</t>
   </si>
   <si>
     <t>WOODARD MICHAEL</t>
   </si>
   <si>
     <t>66 WAYNE LN</t>
   </si>
   <si>
     <t>00851</t>
   </si>
   <si>
     <t>PADEN ROGER &amp; DIANNA</t>
   </si>
   <si>
     <t>10909 KENNY DR</t>
   </si>
   <si>
-    <t>00869</t>
-[...7 lines deleted...]
-  <si>
     <t>00892</t>
   </si>
   <si>
     <t>TOME DANIEL W JR</t>
   </si>
   <si>
     <t>5 DANIEL LN</t>
   </si>
   <si>
-    <t>00901</t>
-[...7 lines deleted...]
-  <si>
     <t>00917</t>
   </si>
   <si>
     <t>TETTER SHARLENE</t>
   </si>
   <si>
     <t>12032 NICKI LN</t>
   </si>
   <si>
     <t>00926</t>
   </si>
   <si>
     <t>ACEVEDO VICTOR SANCHEZ A</t>
   </si>
   <si>
     <t>12860 MAYFIELD RD LOT 166</t>
   </si>
   <si>
-    <t>00958</t>
-[...7 lines deleted...]
-  <si>
     <t>00972</t>
   </si>
   <si>
     <t>LINN WILLIAM</t>
   </si>
   <si>
     <t>12 DANIEL LN</t>
   </si>
   <si>
     <t>01046</t>
   </si>
   <si>
     <t>TSARNAS CANDACE</t>
   </si>
   <si>
     <t>39 DANIEL LN</t>
   </si>
   <si>
     <t>01112</t>
   </si>
   <si>
     <t>CORRIGAN JODIE</t>
   </si>
   <si>
     <t>11005 KENNY DR LOT C29</t>
@@ -319,86 +256,77 @@
   <si>
     <t>KAUFMAN ANDREA</t>
   </si>
   <si>
     <t>11 LOIS LN</t>
   </si>
   <si>
     <t>01238</t>
   </si>
   <si>
     <t>HANUSOSKY STACY</t>
   </si>
   <si>
     <t>10913 LEADER RD</t>
   </si>
   <si>
     <t>01246</t>
   </si>
   <si>
     <t>PIONTKOWSKI JOHN S</t>
   </si>
   <si>
     <t>12051 NICKI LN LOT E22</t>
   </si>
   <si>
-    <t>01259</t>
-[...5 lines deleted...]
-    <t>12860 MAYFIELD RD LOT 39</t>
+    <t>01267</t>
+  </si>
+  <si>
+    <t>STRICKLAND JANET M</t>
+  </si>
+  <si>
+    <t>12011 NICKI LN</t>
   </si>
   <si>
     <t>01298</t>
   </si>
   <si>
     <t>SKAGGS NATHAN &amp; LYDIA SOTO WROS</t>
   </si>
   <si>
     <t>12019 NICKI LN</t>
   </si>
   <si>
     <t>01299</t>
   </si>
   <si>
     <t>GROVER JANE</t>
   </si>
   <si>
     <t>10996 LEADER RD</t>
   </si>
   <si>
-    <t>01385</t>
-[...7 lines deleted...]
-  <si>
     <t>01394</t>
   </si>
   <si>
     <t>WIBERG DAVID A</t>
   </si>
   <si>
     <t>13004 KEVIN LN</t>
   </si>
   <si>
     <t>01415</t>
   </si>
   <si>
     <t>WIBERG KAREN L</t>
   </si>
   <si>
     <t>13012 KEVIN LN</t>
   </si>
   <si>
     <t>01487</t>
   </si>
   <si>
     <t>SARGENT MICHAEL L</t>
   </si>
   <si>
     <t>12860 MAYFIELD RD LOT 145</t>
@@ -514,104 +442,89 @@
   <si>
     <t>AMMON JAMES &amp; KATHLEEN M</t>
   </si>
   <si>
     <t>11081 KENNY DR</t>
   </si>
   <si>
     <t>02094</t>
   </si>
   <si>
     <t>HARASYN WILLIAM &amp; DIANE</t>
   </si>
   <si>
     <t>11077 KENNY DR</t>
   </si>
   <si>
     <t>02126</t>
   </si>
   <si>
     <t>MAHONEY JASON</t>
   </si>
   <si>
     <t>12860 MAYFIELD RD LOT 61</t>
   </si>
   <si>
-    <t>06-012300</t>
-[...2 lines deleted...]
-    <t>DILL VIRGINIA A TRUSTEE</t>
+    <t>06-088900</t>
+  </si>
+  <si>
+    <t>GILES RANDALL &amp; CELESTE</t>
+  </si>
+  <si>
+    <t>CRESTRIDGE DR</t>
+  </si>
+  <si>
+    <t>06-107900</t>
+  </si>
+  <si>
+    <t>SWETEL JACOB R</t>
+  </si>
+  <si>
+    <t>AUBURN RD</t>
+  </si>
+  <si>
+    <t>06-120577</t>
+  </si>
+  <si>
+    <t>COTTAGE HILL HOMEOWNERS ASSOCIATION</t>
+  </si>
+  <si>
+    <t>COTTAGE HILL LN</t>
+  </si>
+  <si>
+    <t>06-120578</t>
+  </si>
+  <si>
+    <t>06-120647</t>
+  </si>
+  <si>
+    <t>EVANS AMBER M</t>
   </si>
   <si>
     <t>THWING RD</t>
   </si>
   <si>
-    <t>06-024100</t>
-[...43 lines deleted...]
-  <si>
     <t>10-022010</t>
   </si>
   <si>
     <t>362 CENTER STREET LLC</t>
   </si>
   <si>
     <t>362 CENTER ST</t>
   </si>
   <si>
     <t>10-054000</t>
   </si>
   <si>
     <t>DROTLEFF ROBERT A</t>
   </si>
   <si>
     <t>HUNTINGTON ST</t>
   </si>
   <si>
     <t>10-109200</t>
   </si>
   <si>
     <t>LAFORGE MARILYNN ANN</t>
   </si>
   <si>
     <t>215 SOUTH ST</t>
@@ -907,68 +820,50 @@
   <si>
     <t>SANDRICK THOMAS EDWARD JR</t>
   </si>
   <si>
     <t>LORING AVE</t>
   </si>
   <si>
     <t>13-097205</t>
   </si>
   <si>
     <t>15-006100</t>
   </si>
   <si>
     <t>BRYANT JOHN M &amp; ELLIOT BRYANT THERESA A</t>
   </si>
   <si>
     <t>10514 OLD STATE RD</t>
   </si>
   <si>
     <t>15-006200</t>
   </si>
   <si>
     <t>10498 OLD STATE RD</t>
   </si>
   <si>
-    <t>15-033700</t>
-[...16 lines deleted...]
-  <si>
     <t>15-063303</t>
   </si>
   <si>
     <t>GASCOIGNE ELIZABETH D</t>
   </si>
   <si>
     <t>9280 KILE RD</t>
   </si>
   <si>
     <t>15-063304</t>
   </si>
   <si>
     <t>9300 KILE RD</t>
   </si>
   <si>
     <t>15-088800</t>
   </si>
   <si>
     <t>COX CHARLES E</t>
   </si>
   <si>
     <t>9781 OLD STATE RD</t>
   </si>
   <si>
     <t>15-093100</t>
@@ -1051,102 +946,75 @@
   <si>
     <t>SMITH JACK A JR</t>
   </si>
   <si>
     <t>10595 MAYFIELD RD</t>
   </si>
   <si>
     <t>21-115500</t>
   </si>
   <si>
     <t>NORRIS JASON A SR</t>
   </si>
   <si>
     <t>11870 STONEGATE DR</t>
   </si>
   <si>
     <t>21-125601</t>
   </si>
   <si>
     <t>PARKER EARL J &amp; RICHARD E</t>
   </si>
   <si>
     <t>CARROLL DR</t>
   </si>
   <si>
-    <t>21-129600</t>
-[...7 lines deleted...]
-  <si>
     <t>21-147500</t>
   </si>
   <si>
     <t>SIDLO ELIZABETH E</t>
   </si>
   <si>
     <t>11719 LAKE RD</t>
   </si>
   <si>
     <t>21-163000</t>
   </si>
   <si>
     <t>DUFFY JAMIE L</t>
   </si>
   <si>
     <t>BASSWOOD RD</t>
   </si>
   <si>
     <t>21-163200</t>
   </si>
   <si>
-    <t>21-176960</t>
-[...7 lines deleted...]
-  <si>
     <t>21-177061</t>
   </si>
   <si>
     <t>JULIE DR</t>
-  </si>
-[...7 lines deleted...]
-    <t>10280 WYE RD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1156,3020 +1024,2700 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F147" headerRowCount="1">
-  <autoFilter ref="A1:F147"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F131" headerRowCount="1">
+  <autoFilter ref="A1:F131"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56027&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55327&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55307&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55447&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55433&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55370&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55445&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55243&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55953&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55824&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55986&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55448&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55886&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55613&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55715&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55609&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55718&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55866&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55891&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55918&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55700&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56107&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56138&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56511&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56499&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56619&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56710&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56794&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56832&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=34269&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=34603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35988&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36386&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=52506&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37889&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39619&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=54411&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=51825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=4214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=4406&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5060&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5354&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5357&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5510&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5654&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5663&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5870&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6056&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6209&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6443&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7354&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7612&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7987&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=8919&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=9309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=9890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=9893&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=10948&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=10990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=11341&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=11563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=11603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=12500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=12875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=30180&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=30184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=30186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=30906&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=31452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=31506&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=31750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=31904&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=32369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=32725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=32729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=34198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=34376&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53886&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56027&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56190&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55307&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56238&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55447&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56241&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55433&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55326&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55243&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55824&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55448&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55886&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55554&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55613&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55715&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55609&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55773&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55775&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55780&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55891&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55918&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55842&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55914&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55700&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55996&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56045&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56107&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56114&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56138&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56511&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56526&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56499&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56619&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56710&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56794&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56832&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35988&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36386&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37260&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=52506&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39619&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41630&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42168&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=54411&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=51825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=4214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=4406&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5066&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5063&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5060&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5210&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5213&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5216&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5219&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5291&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5354&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5357&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5510&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5600&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5654&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5657&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5663&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5738&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5741&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5747&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5861&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5870&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6020&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6023&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6032&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6056&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6152&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6209&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6353&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6356&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6443&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7195&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7354&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7360&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7612&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7987&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=9890&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=9893&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=10948&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=10990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=11341&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=11563&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=11603&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=12500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=12875&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=30180&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=30184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=30186&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=30906&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=31452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=31506&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=31750&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=32369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=32725&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=32729&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=34376&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F147"/>
+  <dimension ref="A1:F131"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="56.20295333862305" customWidth="1"/>
     <col min="3" max="3" width="20.205385208129883" customWidth="1"/>
     <col min="4" max="4" width="28.221101760864258" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>313.27</v>
+        <v>321.62</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>32.41</v>
+        <v>33.27</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>26.31</v>
+        <v>27.01</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>95.93</v>
+        <v>535.43</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>521.53</v>
+        <v>184.05</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>179.28</v>
+        <v>71.73</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>69.87</v>
+        <v>130.78</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>127.38</v>
+        <v>320.4</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>312.08</v>
+        <v>677.05</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>659.44</v>
+        <v>804.38</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>783.49</v>
+        <v>346.15</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>11.79</v>
+        <v>499.9</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2">
-        <v>337.16</v>
+        <v>649.69</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="2">
-        <v>34.67</v>
+        <v>143.28</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="2">
-        <v>329.76</v>
+        <v>86.66</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="2">
-        <v>486.91</v>
+        <v>166.99</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="2">
-        <v>632.81</v>
+        <v>80.61</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="2">
-        <v>139.56</v>
+        <v>61.64</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="2">
-        <v>39.45</v>
+        <v>391.74</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="2">
-        <v>84.41</v>
+        <v>354.65</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="2">
-        <v>216.73</v>
+        <v>154.18</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="2">
-        <v>162.65</v>
+        <v>24.18</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="2">
-        <v>78.52</v>
+        <v>867.22</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="2">
-        <v>7.52</v>
+        <v>270.21</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="2">
-        <v>60.04</v>
+        <v>377.81</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E27" s="2">
-        <v>381.56</v>
+        <v>556.27</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="2">
-        <v>345.44</v>
+        <v>86.77</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="2">
-        <v>150.18</v>
+        <v>5.14</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E30" s="2">
-        <v>23.55</v>
+        <v>943.88</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="2">
-        <v>844.7</v>
+        <v>618.13</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E32" s="2">
-        <v>263.19</v>
+        <v>37.19</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E33" s="2">
-        <v>368</v>
+        <v>743.56</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E34" s="2">
-        <v>125.4</v>
+        <v>281.79</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E35" s="2">
-        <v>84.52</v>
+        <v>620.97</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E36" s="2">
-        <v>5.01</v>
+        <v>172.89</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="C37" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E37" s="2">
-        <v>6.96</v>
+        <v>159.65</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="B38" s="0" t="s">
+      <c r="C38" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="C38" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E38" s="2">
-        <v>919.36</v>
+        <v>390.29</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="B39" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="B39" s="0" t="s">
+      <c r="C39" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="C39" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E39" s="2">
-        <v>602.06</v>
+        <v>693.08</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="C40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E40" s="2">
-        <v>36.22</v>
+        <v>1232.16</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="B41" s="0" t="s">
+      <c r="C41" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="C41" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E41" s="2">
-        <v>724.25</v>
+        <v>1317.32</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="C42" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="C42" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E42" s="2">
-        <v>274.47</v>
+        <v>2432.33</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="B43" s="0" t="s">
+      <c r="C43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="C43" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E43" s="2">
-        <v>604.84</v>
+        <v>176.41</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="B44" s="0" t="s">
+      <c r="C44" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="C44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E44" s="2">
-        <v>168.4</v>
+        <v>4019.9</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="B45" s="0" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>138</v>
       </c>
       <c r="E45" s="2">
-        <v>155.5</v>
+        <v>1371.53</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>141</v>
       </c>
       <c r="E46" s="2">
-        <v>380.16</v>
+        <v>1157.21</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>143</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E47" s="2">
-        <v>675.08</v>
+        <v>608.46</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>147</v>
       </c>
       <c r="E48" s="2">
-        <v>1200.17</v>
+        <v>424.4</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>150</v>
       </c>
       <c r="E49" s="2">
-        <v>1283.1</v>
+        <v>90.56</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>152</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>153</v>
       </c>
       <c r="E50" s="2">
-        <v>2369.15</v>
+        <v>483.87</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="E51" s="2">
-        <v>171.83</v>
+        <v>567.25</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="B52" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E52" s="2">
-        <v>3915.49</v>
+        <v>106.98</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D53" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="B53" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E53" s="2">
-        <v>1335.9</v>
+        <v>26644.95</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="B54" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E54" s="2">
-        <v>1127.15</v>
+        <v>1643.87</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="B55" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E55" s="2">
-        <v>592.66</v>
+        <v>23595.23</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="B56" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E56" s="2">
-        <v>329.21</v>
+        <v>5904.76</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="B57" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E57" s="2">
-        <v>4187.24</v>
+        <v>20305.25</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="C58" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C58" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E58" s="2">
-        <v>413.38</v>
+        <v>2369.88</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="C59" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="C59" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E59" s="2">
-        <v>88.22</v>
+        <v>4327.17</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B60" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="B60" s="0" t="s">
+      <c r="C60" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="C60" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E60" s="2">
-        <v>471.29</v>
+        <v>436.28</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B61" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="B61" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E61" s="2">
-        <v>552.51</v>
+        <v>231.72</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>171</v>
+        <v>187</v>
       </c>
       <c r="E62" s="2">
-        <v>104.2</v>
+        <v>1953.03</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>170</v>
+        <v>189</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>171</v>
+        <v>190</v>
       </c>
       <c r="E63" s="2">
-        <v>112.3</v>
+        <v>3482.1</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E64" s="2">
-        <v>25952.85</v>
+        <v>22.03</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>192</v>
       </c>
       <c r="E65" s="2">
-        <v>1601.17</v>
+        <v>12.58</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="E66" s="2">
-        <v>22982.39</v>
+        <v>12.58</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="E67" s="2">
-        <v>5751.39</v>
+        <v>67.19</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="E68" s="2">
-        <v>19777.84</v>
+        <v>2348.28</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="E69" s="2">
-        <v>2308.33</v>
+        <v>635.14</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="E70" s="2">
-        <v>4214.78</v>
+        <v>635.14</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>209</v>
+        <v>197</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="E71" s="2">
-        <v>424.94</v>
+        <v>751.15</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="E72" s="2">
-        <v>225.7</v>
+        <v>193.04</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>216</v>
+        <v>205</v>
       </c>
       <c r="E73" s="2">
-        <v>1902.3</v>
+        <v>57.39</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="E74" s="2">
-        <v>3391.65</v>
+        <v>4700.11</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="E75" s="2">
-        <v>21.46</v>
+        <v>3146.01</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="E76" s="2">
-        <v>12.25</v>
+        <v>27.81</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>221</v>
+        <v>192</v>
       </c>
       <c r="E77" s="2">
-        <v>12.25</v>
+        <v>540.02</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="E78" s="2">
-        <v>65.44</v>
+        <v>7774.2</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
       <c r="E79" s="2">
-        <v>2287.25</v>
+        <v>22.03</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="E80" s="2">
-        <v>618.62</v>
+        <v>22.03</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>229</v>
+        <v>220</v>
       </c>
       <c r="E81" s="2">
-        <v>618.62</v>
+        <v>22.03</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>227</v>
+        <v>205</v>
       </c>
       <c r="E82" s="2">
-        <v>731.6</v>
+        <v>7.78</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>234</v>
+        <v>205</v>
       </c>
       <c r="E83" s="2">
-        <v>188.03</v>
+        <v>7.78</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>235</v>
+        <v>226</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>236</v>
+        <v>224</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>234</v>
+        <v>205</v>
       </c>
       <c r="E84" s="2">
-        <v>55.9</v>
+        <v>41.83</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>236</v>
+        <v>224</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>238</v>
+        <v>205</v>
       </c>
       <c r="E85" s="2">
-        <v>4578.03</v>
+        <v>124.92</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>239</v>
+        <v>228</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>241</v>
+        <v>205</v>
       </c>
       <c r="E86" s="2">
-        <v>3064.29</v>
+        <v>41.83</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>242</v>
+        <v>229</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>229</v>
+        <v>205</v>
       </c>
       <c r="E87" s="2">
-        <v>27.09</v>
+        <v>7.78</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>221</v>
+        <v>198</v>
       </c>
       <c r="E88" s="2">
-        <v>625.99</v>
+        <v>9.52</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>245</v>
+        <v>232</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>246</v>
+        <v>198</v>
       </c>
       <c r="E89" s="2">
-        <v>7872.26</v>
+        <v>9.52</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>247</v>
+        <v>233</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>248</v>
+        <v>234</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>249</v>
+        <v>220</v>
       </c>
       <c r="E90" s="2">
-        <v>21.46</v>
+        <v>251</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>250</v>
+        <v>235</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>248</v>
+        <v>234</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>249</v>
+        <v>220</v>
       </c>
       <c r="E91" s="2">
-        <v>21.46</v>
+        <v>251</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>251</v>
+        <v>236</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>248</v>
+        <v>237</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>249</v>
+        <v>220</v>
       </c>
       <c r="E92" s="2">
-        <v>21.46</v>
+        <v>153.2</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>252</v>
+        <v>238</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>234</v>
+        <v>220</v>
       </c>
       <c r="E93" s="2">
-        <v>7.58</v>
+        <v>197.15</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>254</v>
+        <v>239</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>253</v>
+        <v>240</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>234</v>
+        <v>200</v>
       </c>
       <c r="E94" s="2">
-        <v>7.58</v>
+        <v>274.82</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>255</v>
+        <v>241</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>234</v>
+        <v>205</v>
       </c>
       <c r="E95" s="2">
-        <v>40.76</v>
+        <v>87.83</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>256</v>
+        <v>243</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>234</v>
+        <v>205</v>
       </c>
       <c r="E96" s="2">
-        <v>121.69</v>
+        <v>16.65</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>257</v>
+        <v>244</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>234</v>
+        <v>205</v>
       </c>
       <c r="E97" s="2">
-        <v>40.76</v>
+        <v>16.65</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>258</v>
+        <v>245</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>234</v>
+        <v>220</v>
       </c>
       <c r="E98" s="2">
-        <v>7.58</v>
+        <v>2.84</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>260</v>
+        <v>248</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>227</v>
+        <v>205</v>
       </c>
       <c r="E99" s="2">
-        <v>9.27</v>
+        <v>618.86</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>261</v>
+        <v>249</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>227</v>
+        <v>251</v>
       </c>
       <c r="E100" s="2">
-        <v>9.27</v>
+        <v>84.16</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>263</v>
+        <v>250</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="E101" s="2">
-        <v>244.48</v>
+        <v>188.01</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>264</v>
+        <v>253</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>249</v>
+        <v>205</v>
       </c>
       <c r="E102" s="2">
-        <v>244.48</v>
+        <v>3377.02</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>249</v>
+        <v>220</v>
       </c>
       <c r="E103" s="2">
-        <v>149.21</v>
+        <v>3699.66</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>267</v>
+        <v>257</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>249</v>
+        <v>220</v>
       </c>
       <c r="E104" s="2">
-        <v>192.03</v>
+        <v>3699.24</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>268</v>
+        <v>258</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>229</v>
+        <v>205</v>
       </c>
       <c r="E105" s="2">
-        <v>267.67</v>
+        <v>377.09</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>271</v>
+        <v>224</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>234</v>
+        <v>205</v>
       </c>
       <c r="E106" s="2">
-        <v>85.56</v>
+        <v>41.83</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>272</v>
+        <v>261</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>271</v>
+        <v>224</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>234</v>
+        <v>205</v>
       </c>
       <c r="E107" s="2">
-        <v>16.22</v>
+        <v>7.78</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>273</v>
+        <v>262</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>234</v>
+        <v>264</v>
       </c>
       <c r="E108" s="2">
-        <v>16.22</v>
+        <v>13.89</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>275</v>
+        <v>263</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>249</v>
+        <v>264</v>
       </c>
       <c r="E109" s="2">
-        <v>2.77</v>
+        <v>7.61</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>234</v>
+        <v>268</v>
       </c>
       <c r="E110" s="2">
-        <v>602.79</v>
+        <v>12812.65</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="E111" s="2">
-        <v>82.02</v>
+        <v>4036.2</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="E112" s="2">
-        <v>183.15</v>
+        <v>580.11</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>234</v>
+        <v>275</v>
       </c>
       <c r="E113" s="2">
-        <v>3289.32</v>
+        <v>4006.11</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>249</v>
+        <v>278</v>
       </c>
       <c r="E114" s="2">
-        <v>3603.55</v>
+        <v>4324.17</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>249</v>
+        <v>281</v>
       </c>
       <c r="E115" s="2">
-        <v>3603.15</v>
+        <v>2386.88</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>234</v>
+        <v>284</v>
       </c>
       <c r="E116" s="2">
-        <v>367.28</v>
+        <v>2218.58</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>253</v>
+        <v>286</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>234</v>
+        <v>287</v>
       </c>
       <c r="E117" s="2">
-        <v>40.76</v>
+        <v>590.57</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="B118" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D118" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="B118" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E118" s="2">
-        <v>7.58</v>
+        <v>14.23</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
         <v>291</v>
       </c>
       <c r="B119" s="0" t="s">
         <v>292</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
         <v>293</v>
       </c>
       <c r="E119" s="2">
-        <v>13.53</v>
+        <v>284.26</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
         <v>294</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="E120" s="2">
-        <v>7.41</v>
+        <v>865.22</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="E121" s="2">
-        <v>12479.85</v>
+        <v>184.92</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="B122" s="0" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>299</v>
       </c>
       <c r="E122" s="2">
-        <v>3931.36</v>
+        <v>53.4</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="E123" s="2">
-        <v>557.01</v>
+        <v>53.4</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="B124" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="B124" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>305</v>
+        <v>150</v>
       </c>
       <c r="E124" s="2">
-        <v>1557.22</v>
+        <v>1414.03</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="B125" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D125" s="0" t="s">
         <v>306</v>
       </c>
-      <c r="B125" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E125" s="2">
-        <v>565.04</v>
+        <v>694.64</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D126" s="0" t="s">
         <v>309</v>
       </c>
-      <c r="B126" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E126" s="2">
-        <v>3902.05</v>
+        <v>21915.69</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="B127" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="B127" s="0" t="s">
+      <c r="C127" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D127" s="0" t="s">
         <v>312</v>
       </c>
-      <c r="C127" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E127" s="2">
-        <v>4211.85</v>
+        <v>1070.1</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="B128" s="0" t="s">
         <v>314</v>
       </c>
-      <c r="B128" s="0" t="s">
+      <c r="C128" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D128" s="0" t="s">
         <v>315</v>
       </c>
-      <c r="C128" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E128" s="2">
-        <v>2324.88</v>
+        <v>14433.55</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="B129" s="0" t="s">
         <v>317</v>
       </c>
-      <c r="B129" s="0" t="s">
+      <c r="C129" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D129" s="0" t="s">
         <v>318</v>
       </c>
-      <c r="C129" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E129" s="2">
-        <v>2160.95</v>
+        <v>12.75</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="E130" s="2">
-        <v>575.23</v>
+        <v>165.37</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>324</v>
+        <v>314</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="E131" s="2">
-        <v>533.52</v>
+        <v>159.09</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>10</v>
-[...318 lines deleted...]
-      <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -4261,48 +3809,32 @@
     <hyperlink ref="F107" r:id="rId107"/>
     <hyperlink ref="F108" r:id="rId108"/>
     <hyperlink ref="F109" r:id="rId109"/>
     <hyperlink ref="F110" r:id="rId110"/>
     <hyperlink ref="F111" r:id="rId111"/>
     <hyperlink ref="F112" r:id="rId112"/>
     <hyperlink ref="F113" r:id="rId113"/>
     <hyperlink ref="F114" r:id="rId114"/>
     <hyperlink ref="F115" r:id="rId115"/>
     <hyperlink ref="F116" r:id="rId116"/>
     <hyperlink ref="F117" r:id="rId117"/>
     <hyperlink ref="F118" r:id="rId118"/>
     <hyperlink ref="F119" r:id="rId119"/>
     <hyperlink ref="F120" r:id="rId120"/>
     <hyperlink ref="F121" r:id="rId121"/>
     <hyperlink ref="F122" r:id="rId122"/>
     <hyperlink ref="F123" r:id="rId123"/>
     <hyperlink ref="F124" r:id="rId124"/>
     <hyperlink ref="F125" r:id="rId125"/>
     <hyperlink ref="F126" r:id="rId126"/>
     <hyperlink ref="F127" r:id="rId127"/>
     <hyperlink ref="F128" r:id="rId128"/>
     <hyperlink ref="F129" r:id="rId129"/>
     <hyperlink ref="F130" r:id="rId130"/>
     <hyperlink ref="F131" r:id="rId131"/>
-    <hyperlink ref="F132" r:id="rId132"/>
-[...14 lines deleted...]
-    <hyperlink ref="F147" r:id="rId147"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>