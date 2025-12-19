--- v0 (2025-10-24)
+++ v1 (2025-12-19)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="475" uniqueCount="475">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="424" uniqueCount="424">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>00158</t>
   </si>
   <si>
     <t>DECKER PAUL H</t>
   </si>
   <si>
@@ -106,245 +106,191 @@
   <si>
     <t>MORMINO PAMELA E &amp; LYMAN MATT H</t>
   </si>
   <si>
     <t>12316 HEATH RD</t>
   </si>
   <si>
     <t>11-148100</t>
   </si>
   <si>
     <t>PERELMAN PAUL H TRUSTEE</t>
   </si>
   <si>
     <t>13461 GREEN DR</t>
   </si>
   <si>
     <t>11-154020</t>
   </si>
   <si>
     <t>NERO COLLEEN A</t>
   </si>
   <si>
     <t>12930 LYNN DR</t>
   </si>
   <si>
-    <t>11-159900</t>
-[...16 lines deleted...]
-  <si>
     <t>11-208000</t>
   </si>
   <si>
     <t>MARTIN MATTHEW A &amp; ERIN M</t>
   </si>
   <si>
     <t>13064 STRATFORD TRL</t>
   </si>
   <si>
     <t>11-234500</t>
   </si>
   <si>
     <t>SHIOZAWA JAMES T</t>
   </si>
   <si>
     <t>8954 CEDAR RD</t>
   </si>
   <si>
     <t>11-255200</t>
   </si>
   <si>
     <t>PARKER LAVINIA E</t>
   </si>
   <si>
     <t>CEDAR RD</t>
   </si>
   <si>
     <t>11-262121</t>
   </si>
   <si>
     <t>11490 KRISTINE DR</t>
   </si>
   <si>
+    <t>11-264000</t>
+  </si>
+  <si>
+    <t>MURTON HUGHES GETTY</t>
+  </si>
+  <si>
+    <t>8161 SHERMAN RD</t>
+  </si>
+  <si>
     <t>11-284600</t>
   </si>
   <si>
     <t>DAVEY SHAUN M</t>
   </si>
   <si>
     <t>NORTON DR</t>
   </si>
   <si>
-    <t>11-291300</t>
-[...7 lines deleted...]
-  <si>
     <t>11-294900</t>
   </si>
   <si>
     <t>TODD MARK &amp; TRUDY L</t>
   </si>
   <si>
     <t>12604 WARD DR</t>
   </si>
   <si>
-    <t>11-317000</t>
-[...7 lines deleted...]
-  <si>
     <t>11-321700</t>
   </si>
   <si>
     <t>HOLUB CHARLES R JR &amp; ERIN P</t>
   </si>
   <si>
     <t>7505 AVON LN</t>
   </si>
   <si>
     <t>11-352300</t>
   </si>
   <si>
     <t>VARGO NATHAN &amp; GARY L &amp; LARRY D &amp; SMITH RICKY</t>
   </si>
   <si>
     <t>12234 NORTON DR</t>
   </si>
   <si>
-    <t>11-388754</t>
-[...7 lines deleted...]
-  <si>
     <t>11-389123</t>
   </si>
   <si>
     <t>WHITING SAMUEL G &amp; HELEN</t>
   </si>
   <si>
     <t>RESERVE LN</t>
   </si>
   <si>
     <t>11-389124</t>
   </si>
   <si>
     <t>11-389199</t>
   </si>
   <si>
     <t>SEMBRIC MICHAEL &amp; QUERCIOLI CARL</t>
   </si>
   <si>
     <t>SUMMERS RD</t>
   </si>
   <si>
     <t>11-389286</t>
   </si>
   <si>
     <t>ANDREWS DOLORES M</t>
   </si>
   <si>
     <t>GLEN HL</t>
   </si>
   <si>
-    <t>11-714406</t>
-[...7 lines deleted...]
-  <si>
     <t>22-009000</t>
   </si>
   <si>
     <t>HASEROT LOUISE C</t>
   </si>
   <si>
     <t>22-010315</t>
   </si>
   <si>
     <t>LIBERTINE CARRIE E</t>
   </si>
   <si>
     <t>MAYFIELD RD</t>
   </si>
   <si>
     <t>22-023300</t>
   </si>
   <si>
     <t>KEITH MATTHEW &amp; LUXBACHER AMY MARIE</t>
   </si>
   <si>
     <t>SHERMAN RD</t>
   </si>
   <si>
     <t>22-023400</t>
   </si>
   <si>
     <t>LORENZ JO ANN &amp; SCHNEIDER KURT WESLEY &amp; KEITH MATTHEW &amp; AMY MARIE</t>
   </si>
   <si>
     <t>11971 HEATH RD</t>
   </si>
   <si>
-    <t>22-026235</t>
-[...7 lines deleted...]
-  <si>
     <t>23-000400</t>
   </si>
   <si>
     <t>KIWANIS LAKE HOMES LLC</t>
   </si>
   <si>
     <t>14669 CASTLEWOOD DR</t>
   </si>
   <si>
     <t>23-005800</t>
   </si>
   <si>
     <t>CASCONE JAMIE</t>
   </si>
   <si>
     <t>IDLEWOOD DR</t>
   </si>
   <si>
     <t>23-008100</t>
   </si>
   <si>
     <t>AULICKY ERIC</t>
   </si>
   <si>
     <t>WOODBURY DR</t>
@@ -502,101 +448,77 @@
   <si>
     <t>23-073800</t>
   </si>
   <si>
     <t>23-081500</t>
   </si>
   <si>
     <t>MAC GEORGE MICHAELE &amp; DUDICH JACQUELINE &amp; PATRICIA &amp; TOM</t>
   </si>
   <si>
     <t>23-081600</t>
   </si>
   <si>
     <t>14625 ZENITH DR</t>
   </si>
   <si>
     <t>23-081700</t>
   </si>
   <si>
     <t>23-081701</t>
   </si>
   <si>
     <t>23-082400</t>
   </si>
   <si>
-    <t>23-093700</t>
-[...7 lines deleted...]
-  <si>
     <t>23-097000</t>
   </si>
   <si>
     <t>CASCONE JAMIE J</t>
   </si>
   <si>
     <t>23-101000</t>
   </si>
   <si>
     <t>LEVENTHAL RYAN ALAN</t>
   </si>
   <si>
-    <t>23-112600</t>
+    <t>23-113000</t>
   </si>
   <si>
     <t>KLEIN MATTHEW P</t>
   </si>
   <si>
-    <t>HOTCHKISS RD</t>
-[...8 lines deleted...]
-    <t>23-112900</t>
+    <t>12169 SPRINGVIEW DR</t>
+  </si>
+  <si>
+    <t>23-113100</t>
   </si>
   <si>
     <t>VALLEYVIEW DR</t>
   </si>
   <si>
-    <t>23-113000</t>
-[...7 lines deleted...]
-  <si>
     <t>23-113200</t>
   </si>
   <si>
     <t>23-113300</t>
   </si>
   <si>
     <t>SPRINGVIEW DR</t>
   </si>
   <si>
     <t>23-118350</t>
   </si>
   <si>
     <t>12203 MEADOWBROOK DR</t>
   </si>
   <si>
     <t>23-123900</t>
   </si>
   <si>
     <t>PETRICK THOMAS J JR &amp; PAMELA J</t>
   </si>
   <si>
     <t>11568 HILLSIDE DR</t>
   </si>
   <si>
     <t>23-124800</t>
@@ -613,831 +535,756 @@
   <si>
     <t>HANGACH PETER M</t>
   </si>
   <si>
     <t>WASIL RD</t>
   </si>
   <si>
     <t>23-127400</t>
   </si>
   <si>
     <t>23-128600</t>
   </si>
   <si>
     <t>GUYETTE CAROLINE B TRUSTEE</t>
   </si>
   <si>
     <t>LONGVIEW DR</t>
   </si>
   <si>
     <t>23-128700</t>
   </si>
   <si>
     <t>23-128800</t>
   </si>
   <si>
-    <t>23-133200</t>
-[...7 lines deleted...]
-  <si>
     <t>23-133290</t>
   </si>
   <si>
     <t>WEISS JEFFREY P</t>
   </si>
   <si>
     <t>LAKE SHORE DR</t>
   </si>
   <si>
     <t>23-133450</t>
   </si>
   <si>
     <t>BENITEZ ALEXANDER T</t>
   </si>
   <si>
     <t>VIEW DR</t>
   </si>
   <si>
     <t>23-133460</t>
   </si>
   <si>
     <t>14372 VIEW DR</t>
   </si>
   <si>
     <t>23-138600</t>
   </si>
   <si>
     <t>SHIELDS MATT</t>
   </si>
   <si>
     <t>15571 PUNDERSON RD</t>
   </si>
   <si>
     <t>23-140100</t>
   </si>
   <si>
     <t>HORAK BERTHA &amp; GEO</t>
   </si>
   <si>
     <t>EDGEHILL DR</t>
   </si>
   <si>
-    <t>23-140600</t>
-[...11 lines deleted...]
-    <t>PASSARO TABITHA</t>
+    <t>23-144600</t>
+  </si>
+  <si>
+    <t>HUMR ELAINE TOD</t>
+  </si>
+  <si>
+    <t>15486 LAKE SHORE DR</t>
+  </si>
+  <si>
+    <t>23-146300</t>
+  </si>
+  <si>
+    <t>THOMAS MIMP 15893 LLC</t>
+  </si>
+  <si>
+    <t>15839 THOMAS ST</t>
+  </si>
+  <si>
+    <t>23-152700</t>
+  </si>
+  <si>
+    <t>PAXTON WILLIAM E</t>
+  </si>
+  <si>
+    <t>23-156900</t>
+  </si>
+  <si>
+    <t>KASCHUBE EDMUND R</t>
+  </si>
+  <si>
+    <t>23-157000</t>
+  </si>
+  <si>
+    <t>23-157100</t>
+  </si>
+  <si>
+    <t>23-168700</t>
+  </si>
+  <si>
+    <t>TAYERLE CAROL J</t>
+  </si>
+  <si>
+    <t>KIWANIS DR</t>
+  </si>
+  <si>
+    <t>23-173200</t>
+  </si>
+  <si>
+    <t>KISTNER CONNIE &amp; WAGER TERRI &amp; EMBRY JOHN PAUL</t>
+  </si>
+  <si>
+    <t>23-173300</t>
+  </si>
+  <si>
+    <t>KISTNER CONNIE &amp; WAGNER TERRI &amp; EMBRY JOHN PAUL</t>
+  </si>
+  <si>
+    <t>23-173400</t>
+  </si>
+  <si>
+    <t>23-173500</t>
+  </si>
+  <si>
+    <t>23-173900</t>
+  </si>
+  <si>
+    <t>HALKOVICS LINDSAY</t>
+  </si>
+  <si>
+    <t>10700 MUSIC ST</t>
+  </si>
+  <si>
+    <t>23-175200</t>
+  </si>
+  <si>
+    <t>RICHARDS KEVIN D</t>
+  </si>
+  <si>
+    <t>RAVENNA RD</t>
+  </si>
+  <si>
+    <t>23-175300</t>
+  </si>
+  <si>
+    <t>15444 CRAMPTON DR</t>
+  </si>
+  <si>
+    <t>23-176400</t>
+  </si>
+  <si>
+    <t>23-176500</t>
+  </si>
+  <si>
+    <t>23-194400</t>
+  </si>
+  <si>
+    <t>SORVILLO TRACY L</t>
+  </si>
+  <si>
+    <t>23-199600</t>
+  </si>
+  <si>
+    <t>23-199700</t>
+  </si>
+  <si>
+    <t>23-199800</t>
+  </si>
+  <si>
+    <t>23-199900</t>
+  </si>
+  <si>
+    <t>23-211200</t>
+  </si>
+  <si>
+    <t>MC KIRAHAN JAMES JR</t>
+  </si>
+  <si>
+    <t>OAK DR</t>
+  </si>
+  <si>
+    <t>23-211300</t>
+  </si>
+  <si>
+    <t>MC KIRAHAN JAMES R</t>
+  </si>
+  <si>
+    <t>23-212200</t>
+  </si>
+  <si>
+    <t>MC NEA ALBERT THOMAS</t>
+  </si>
+  <si>
+    <t>WOODLAWN DR</t>
+  </si>
+  <si>
+    <t>23-212300</t>
+  </si>
+  <si>
+    <t>23-229400</t>
+  </si>
+  <si>
+    <t>MULLETT STEVEN A</t>
+  </si>
+  <si>
+    <t>15290 MUNN RD</t>
+  </si>
+  <si>
+    <t>23-231390</t>
+  </si>
+  <si>
+    <t>LUFF BEATRICE M &amp; LAWRENCE E</t>
+  </si>
+  <si>
+    <t>23-239000</t>
+  </si>
+  <si>
+    <t>NOLAN ALICE C</t>
+  </si>
+  <si>
+    <t>23-244900</t>
+  </si>
+  <si>
+    <t>OHLRICH MARGARET A</t>
+  </si>
+  <si>
+    <t>BEACH DR</t>
+  </si>
+  <si>
+    <t>23-245300</t>
+  </si>
+  <si>
+    <t>TEMPLE CHRIS</t>
+  </si>
+  <si>
+    <t>23-248700</t>
+  </si>
+  <si>
+    <t>PANEK DANIEL J &amp; GENEVIEVE</t>
+  </si>
+  <si>
+    <t>23-249800</t>
+  </si>
+  <si>
+    <t>23-249900</t>
+  </si>
+  <si>
+    <t>23-250000</t>
+  </si>
+  <si>
+    <t>23-256700</t>
+  </si>
+  <si>
+    <t>HILSTON BARBARA A</t>
+  </si>
+  <si>
+    <t>23-258700</t>
+  </si>
+  <si>
+    <t>KLEM MAUREEN ELIZABETH</t>
+  </si>
+  <si>
+    <t>23-258800</t>
+  </si>
+  <si>
+    <t>23-258900</t>
+  </si>
+  <si>
+    <t>23-265220</t>
+  </si>
+  <si>
+    <t>TEMPLE CHRISTOPHER R &amp; JONES SHERRY L</t>
+  </si>
+  <si>
+    <t>14722 WOODBURY DR</t>
+  </si>
+  <si>
+    <t>23-265230</t>
+  </si>
+  <si>
+    <t>23-265240</t>
+  </si>
+  <si>
+    <t>23-278100</t>
+  </si>
+  <si>
+    <t>BRICKMAN INVESTMENTS</t>
+  </si>
+  <si>
+    <t>23-278200</t>
+  </si>
+  <si>
+    <t>23-278220</t>
+  </si>
+  <si>
+    <t>SUMMERS KATHY M CARROLL</t>
+  </si>
+  <si>
+    <t>23-278240</t>
+  </si>
+  <si>
+    <t>23-278250</t>
+  </si>
+  <si>
+    <t>23-278260</t>
+  </si>
+  <si>
+    <t>MAPLE DR</t>
+  </si>
+  <si>
+    <t>23-278270</t>
+  </si>
+  <si>
+    <t>23-278280</t>
+  </si>
+  <si>
+    <t>23-281600</t>
+  </si>
+  <si>
+    <t>SALUPO ROSE M TOD</t>
+  </si>
+  <si>
+    <t>23-281700</t>
+  </si>
+  <si>
+    <t>23-281800</t>
+  </si>
+  <si>
+    <t>23-284400</t>
+  </si>
+  <si>
+    <t>23-288700</t>
+  </si>
+  <si>
+    <t>23-294400</t>
+  </si>
+  <si>
+    <t>WILLIAMS DIXIE JO</t>
+  </si>
+  <si>
+    <t>23-294600</t>
+  </si>
+  <si>
+    <t>23-294700</t>
+  </si>
+  <si>
+    <t>23-294800</t>
+  </si>
+  <si>
+    <t>LAKE DR</t>
+  </si>
+  <si>
+    <t>23-295450</t>
+  </si>
+  <si>
+    <t>14771 LONGVIEW DR</t>
+  </si>
+  <si>
+    <t>23-296500</t>
+  </si>
+  <si>
+    <t>SIMAK ERNEST J</t>
+  </si>
+  <si>
+    <t>23-296600</t>
+  </si>
+  <si>
+    <t>23-296700</t>
+  </si>
+  <si>
+    <t>23-296800</t>
+  </si>
+  <si>
+    <t>23-298300</t>
+  </si>
+  <si>
+    <t>CAROTHERS MICHAEL &amp; DEAN CAROL</t>
+  </si>
+  <si>
+    <t>PEKIN RD</t>
+  </si>
+  <si>
+    <t>23-301000</t>
+  </si>
+  <si>
+    <t>SMAUS ROBERT</t>
+  </si>
+  <si>
+    <t>23-301100</t>
+  </si>
+  <si>
+    <t>23-301200</t>
+  </si>
+  <si>
+    <t>23-301300</t>
+  </si>
+  <si>
+    <t>23-310900</t>
+  </si>
+  <si>
+    <t>TOBIN BARBARA</t>
+  </si>
+  <si>
+    <t>23-333600</t>
+  </si>
+  <si>
+    <t>VITAS PAUL</t>
   </si>
   <si>
     <t>LAURAL DR</t>
   </si>
   <si>
-    <t>23-144600</t>
-[...367 lines deleted...]
-  <si>
     <t>23-333700</t>
   </si>
   <si>
     <t>23-333800</t>
   </si>
   <si>
     <t>23-342800</t>
   </si>
   <si>
     <t>CONNORS ANGELLA</t>
   </si>
   <si>
     <t>23-342900</t>
   </si>
   <si>
     <t>23-385373</t>
   </si>
   <si>
     <t>STANA KANIESKI SANDRA</t>
   </si>
   <si>
     <t>10785 BELL ST</t>
   </si>
   <si>
-    <t>23-385519</t>
-[...7 lines deleted...]
-  <si>
     <t>23-385622</t>
   </si>
   <si>
     <t>23-385641</t>
   </si>
   <si>
     <t>BENDLAK REBECCA B</t>
   </si>
   <si>
     <t>14541 SPERRY RD</t>
   </si>
   <si>
     <t>23-385700</t>
   </si>
   <si>
     <t>KLEVE KARL R</t>
   </si>
   <si>
     <t>23-385739</t>
   </si>
   <si>
-    <t>23-385810</t>
+    <t>23-385820</t>
+  </si>
+  <si>
+    <t>23-385978</t>
+  </si>
+  <si>
+    <t>23-385985</t>
+  </si>
+  <si>
+    <t>23-385988</t>
+  </si>
+  <si>
+    <t>23-385989</t>
+  </si>
+  <si>
+    <t>23-385991</t>
+  </si>
+  <si>
+    <t>23-386010</t>
+  </si>
+  <si>
+    <t>23-386012</t>
+  </si>
+  <si>
+    <t>PAUKERT DONALD J</t>
+  </si>
+  <si>
+    <t>SUMMIT DR</t>
+  </si>
+  <si>
+    <t>23-386026</t>
+  </si>
+  <si>
+    <t>23-386033</t>
+  </si>
+  <si>
+    <t>CASCONE JAIME J</t>
+  </si>
+  <si>
+    <t>23-386034</t>
+  </si>
+  <si>
+    <t>23-386055</t>
+  </si>
+  <si>
+    <t>23-386060</t>
+  </si>
+  <si>
+    <t>FEHLNER ALICE</t>
+  </si>
+  <si>
+    <t>23-386064</t>
+  </si>
+  <si>
+    <t>23-386065</t>
+  </si>
+  <si>
+    <t>DOUBLER ALBERTINE J</t>
+  </si>
+  <si>
+    <t>23-386074</t>
+  </si>
+  <si>
+    <t>HOSMER FRANK</t>
+  </si>
+  <si>
+    <t>CASTLEWOOD DR</t>
+  </si>
+  <si>
+    <t>23-386077</t>
+  </si>
+  <si>
+    <t>REBICK STEVE</t>
+  </si>
+  <si>
+    <t>23-386085</t>
+  </si>
+  <si>
+    <t>23-386086</t>
+  </si>
+  <si>
+    <t>LANDIG EARL F</t>
+  </si>
+  <si>
+    <t>23-386107</t>
+  </si>
+  <si>
+    <t>MC NEELY ROBERT &amp; KAREN</t>
+  </si>
+  <si>
+    <t>23-386108</t>
+  </si>
+  <si>
+    <t>23-386109</t>
+  </si>
+  <si>
+    <t>23-386110</t>
+  </si>
+  <si>
+    <t>23-386113</t>
+  </si>
+  <si>
+    <t>WHITE CHARLES W &amp; MARIE J</t>
+  </si>
+  <si>
+    <t>23-386114</t>
+  </si>
+  <si>
+    <t>23-386138</t>
+  </si>
+  <si>
+    <t>23-386169</t>
+  </si>
+  <si>
+    <t>26-021100</t>
+  </si>
+  <si>
+    <t>BRADY MICHAEL</t>
+  </si>
+  <si>
+    <t>14324 CHILLICOTHE RD</t>
+  </si>
+  <si>
+    <t>26-042700</t>
+  </si>
+  <si>
+    <t>BRODY EFRAIM</t>
+  </si>
+  <si>
+    <t>13829 COUNTY LINE RD</t>
+  </si>
+  <si>
+    <t>26-066400</t>
+  </si>
+  <si>
+    <t>HUMMER PAVING COMPANY</t>
+  </si>
+  <si>
+    <t>14580 CAVES RD</t>
+  </si>
+  <si>
+    <t>26-075850</t>
+  </si>
+  <si>
+    <t>HRABAK ROGER O SUSAN J</t>
+  </si>
+  <si>
+    <t>8418 RIDGEWOOD LN</t>
+  </si>
+  <si>
+    <t>26-087700</t>
+  </si>
+  <si>
+    <t>FALZ DONNA L</t>
+  </si>
+  <si>
+    <t>14912 HOOK HOLLOW RD</t>
+  </si>
+  <si>
+    <t>26-093500</t>
+  </si>
+  <si>
+    <t>MILLER E TERRY &amp; DUBE DOMINQUE</t>
+  </si>
+  <si>
+    <t>8442 RIDGEWOOD LN</t>
+  </si>
+  <si>
+    <t>26-095100</t>
+  </si>
+  <si>
+    <t>TELDAR HOLDINGS LLC</t>
+  </si>
+  <si>
+    <t>8562 FAIRMOUNT RD</t>
+  </si>
+  <si>
+    <t>26-098100</t>
+  </si>
+  <si>
+    <t>USA REAL ESTATE DELP GROUP CO LLC</t>
+  </si>
+  <si>
+    <t>8550 FAIRMOUNT RD</t>
+  </si>
+  <si>
+    <t>26-111910</t>
+  </si>
+  <si>
+    <t>SUGLIA KATHERINE A TRUSTEE</t>
+  </si>
+  <si>
+    <t>7875 DEERBROOK DR</t>
+  </si>
+  <si>
+    <t>26-127500</t>
+  </si>
+  <si>
+    <t>ROPP KRISTEN L</t>
+  </si>
+  <si>
+    <t>WATT RD</t>
+  </si>
+  <si>
+    <t>26-159100</t>
+  </si>
+  <si>
+    <t>F R E PROPERTIES LLC</t>
   </si>
   <si>
     <t>MUSIC ST</t>
   </si>
   <si>
-    <t>23-385820</t>
-[...208 lines deleted...]
-  <si>
     <t>26-161920</t>
   </si>
   <si>
     <t>SCHMIDT ETHEL JAITE &amp; ET AL 12</t>
   </si>
   <si>
     <t>26-162950</t>
   </si>
   <si>
     <t>13987 WATT RD</t>
   </si>
   <si>
-    <t>26-164700</t>
-[...7 lines deleted...]
-  <si>
     <t>26-180700</t>
   </si>
   <si>
     <t>SPISAK MICHAEL TOD</t>
   </si>
   <si>
     <t>9250 FAIRMOUNT RD</t>
   </si>
   <si>
     <t>26-188550</t>
   </si>
   <si>
     <t>SUSZTER STEVEN</t>
   </si>
   <si>
     <t>7904 THORNAPPLE DR</t>
   </si>
   <si>
     <t>26-213853</t>
   </si>
   <si>
     <t>COUNTY LINE RD</t>
   </si>
   <si>
     <t>26-213868</t>
   </si>
   <si>
     <t>14545 COUNTY LINE RD</t>
   </si>
   <si>
     <t>26-213970</t>
   </si>
   <si>
     <t>ANDREANI GIOVANNI &amp; RITA ANDREANI ETAL</t>
   </si>
   <si>
     <t>KENT RD</t>
   </si>
   <si>
     <t>26-214049</t>
   </si>
   <si>
     <t>FAIRMOUNT RD</t>
-  </si>
-[...7 lines deleted...]
-    <t>CAVES RD</t>
   </si>
   <si>
     <t>26-214184</t>
   </si>
   <si>
     <t>GINN THEODORE JR &amp; KRYSTLE</t>
   </si>
   <si>
     <t>15370 FEDELI LN</t>
   </si>
   <si>
     <t>26-214249</t>
   </si>
   <si>
     <t>WORTON PARK DEVELOPMENT CO AN OHIO CORP</t>
   </si>
   <si>
     <t>FOX HILLS DR</t>
   </si>
   <si>
     <t>26-214325</t>
   </si>
   <si>
     <t>ELBRECHT ELMER T &amp; FORRESTER JOHN E TRUSTEES</t>
   </si>
@@ -1483,4740 +1330,4280 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F233" headerRowCount="1">
-  <autoFilter ref="A1:F233"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F210" headerRowCount="1">
+  <autoFilter ref="A1:F210"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=45094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=45098&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=45100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=45748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=45922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=46050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=46742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=46865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=46987&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=47329&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=48053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=48610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=48947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=49026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=49250&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=49319&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=49352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=49590&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=49639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=50028&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=50520&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=50828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=50829&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=50895&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=51822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=51079&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=34981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=34997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35307&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53887&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35979&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36349&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36435&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36437&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36683&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36687&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37089&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37848&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37850&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37852&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37862&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38098&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38180&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38182&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38262&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38368&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38422&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38424&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38510&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38522&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38946&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39028&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39096&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39098&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39158&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39388&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39390&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39937&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40263&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40313&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40579&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40663&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40715&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40927&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41387&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41395&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41471&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41475&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41719&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41863&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41871&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41885&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41903&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41905&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41909&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41937&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41995&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42191&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42802&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42984&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42986&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=43722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=44004&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=44178&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=44214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=44278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=44348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=44482&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=44500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53376&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53447&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53377&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53455&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53335&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53476&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53381&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53451&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53453&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53450&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53345&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=1294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=2090&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=2369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=2731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=2916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=2964&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=3054&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=3513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=3990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=4833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=4908&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=4944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=4989&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5496&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6864&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7178&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7724&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7739&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=52025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=51669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=8455&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56183&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=45094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=45098&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=45100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=45748&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=45922&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=46050&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=46742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=46865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=48053&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=48610&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=48947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=49026&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=49043&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=49250&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=49352&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=49639&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=50028&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=50828&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=50829&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=50895&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=51822&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=34981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=34997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35307&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35309&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35679&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35979&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35981&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=35983&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36083&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36223&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36347&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36349&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36435&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36437&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36439&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36583&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36625&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36627&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36629&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36631&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36683&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36685&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36687&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=36713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37075&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37077&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37089&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37277&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37283&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37285&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37287&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37303&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37546&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37614&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37856&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37860&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37862&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=37954&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38084&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38098&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38146&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38180&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38182&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38184&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38284&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38290&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38292&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38368&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38412&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38522&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38552&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38676&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38764&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38766&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=38768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39028&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39094&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39096&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39098&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39100&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39128&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39158&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39160&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39596&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39709&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39937&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39939&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=39947&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40263&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40313&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40463&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40579&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40663&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40711&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40713&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40715&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40923&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40925&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=40927&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41071&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41387&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41395&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41397&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41399&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41401&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41471&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41475&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41543&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41719&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41863&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41867&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41869&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41871&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41885&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41903&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41905&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41907&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41909&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41937&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41995&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41997&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=41999&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42001&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42191&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42802&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42984&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=42986&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=43722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=44178&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=44214&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=44278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=44348&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=44500&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53376&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53447&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53375&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53377&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53378&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53374&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53373&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53338&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53455&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53454&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53335&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53336&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53333&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53389&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53476&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53407&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53381&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53452&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53451&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53453&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53450&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53345&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53344&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53332&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=1294&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=2090&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=2369&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=2731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=2916&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=2964&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=3054&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=3513&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=3990&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=4833&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=4908&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=4944&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5301&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=5496&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6864&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=6888&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7178&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7379&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=7739&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=52025&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=51669&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=8455&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F233"/>
+  <dimension ref="A1:F210"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="71.18267822265625" customWidth="1"/>
     <col min="3" max="3" width="24.30378532409668" customWidth="1"/>
     <col min="4" max="4" width="25.87828254699707" customWidth="1"/>
     <col min="5" max="5" width="11.245378494262695" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>311.93</v>
+        <v>320.25</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>123.83</v>
+        <v>127.13</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="2">
-        <v>43.66</v>
+        <v>44.82</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="E5" s="2">
-        <v>925.85</v>
+        <v>950.54</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="2">
-        <v>3533.66</v>
+        <v>3627.89</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E7" s="2">
-        <v>5.03</v>
+        <v>5.16</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="2">
-        <v>24033.75</v>
+        <v>24674.66</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E9" s="2">
-        <v>2781.48</v>
+        <v>2855.65</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="2">
-        <v>627.03</v>
+        <v>643.75</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="2">
-        <v>362.98</v>
+        <v>7821.87</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="2">
-        <v>15696.75</v>
+        <v>16553.57</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="2">
-        <v>7618.7</v>
+        <v>788.11</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B14" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" s="2">
-        <v>16123.6</v>
+        <v>332.76</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="C15" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="2">
-        <v>767.64</v>
+        <v>10267.21</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="2">
-        <v>324.12</v>
+        <v>536.58</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="2">
-        <v>522.64</v>
+        <v>47790.14</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="2">
-        <v>1523.66</v>
+        <v>8979.29</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="2">
-        <v>46548.84</v>
+        <v>3153.28</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="2">
-        <v>593.6</v>
+        <v>118.34</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="E21" s="2">
-        <v>8746.06</v>
+        <v>118.34</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="B22" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E22" s="2">
-        <v>3071.38</v>
+        <v>102.73</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="B23" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E23" s="2">
-        <v>7423.64</v>
+        <v>22.12</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="E24" s="2">
-        <v>115.29</v>
+        <v>3361.25</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E25" s="2">
-        <v>115.29</v>
+        <v>1170.83</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="2">
-        <v>100.07</v>
+        <v>126.37</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="C27" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="2">
-        <v>21.54</v>
+        <v>2547.2</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="2">
-        <v>713278.56</v>
+        <v>87.51</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="B29" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="B29" s="0" t="s">
+      <c r="C29" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="2">
-        <v>3273.94</v>
+        <v>584.36</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E30" s="2">
-        <v>1140.42</v>
+        <v>920.84</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E31" s="2">
-        <v>123.09</v>
+        <v>857.41</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B32" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C32" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E32" s="2">
-        <v>2481.04</v>
+        <v>10.94</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="C33" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="C33" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E33" s="2">
-        <v>251.28</v>
+        <v>79.05</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="B34" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E34" s="2">
-        <v>85.24</v>
+        <v>2495.05</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="E35" s="2">
-        <v>569.17</v>
+        <v>79.05</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="E36" s="2">
-        <v>896.91</v>
+        <v>298.94</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="E37" s="2">
-        <v>835.14</v>
+        <v>3857.13</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="E38" s="2">
-        <v>10.66</v>
+        <v>397.07</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="E39" s="2">
-        <v>77</v>
+        <v>397.07</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>113</v>
+        <v>84</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="E40" s="2">
-        <v>2430.24</v>
+        <v>584.36</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="B41" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="C41" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E41" s="2">
-        <v>77</v>
+        <v>30.42</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E42" s="2">
-        <v>291.18</v>
+        <v>1304.02</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>122</v>
+        <v>96</v>
       </c>
       <c r="E43" s="2">
-        <v>3756.95</v>
+        <v>61.7</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="E44" s="2">
-        <v>386.74</v>
+        <v>423.63</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="E45" s="2">
-        <v>386.74</v>
+        <v>423.63</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="E46" s="2">
-        <v>569.17</v>
+        <v>382.2</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="E47" s="2">
-        <v>29.63</v>
+        <v>362.21</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="E48" s="2">
-        <v>1270.15</v>
+        <v>30.42</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="E49" s="2">
-        <v>60.1</v>
+        <v>30.42</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>137</v>
+        <v>126</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="E50" s="2">
-        <v>412.61</v>
+        <v>1835.41</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="E51" s="2">
-        <v>412.61</v>
+        <v>122.39</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="E52" s="2">
-        <v>372.27</v>
+        <v>122.39</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="E53" s="2">
-        <v>352.81</v>
+        <v>122.39</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="E54" s="2">
-        <v>29.63</v>
+        <v>509.4</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="E55" s="2">
-        <v>29.63</v>
+        <v>509.4</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>147</v>
+        <v>138</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>148</v>
+        <v>127</v>
       </c>
       <c r="E56" s="2">
-        <v>1787.74</v>
+        <v>387.65</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>150</v>
+        <v>132</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>151</v>
+        <v>88</v>
       </c>
       <c r="E57" s="2">
-        <v>119.21</v>
+        <v>448.64</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="E58" s="2">
-        <v>119.21</v>
+        <v>226.49</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="E59" s="2">
-        <v>119.21</v>
+        <v>3461.09</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>154</v>
+        <v>144</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="E60" s="2">
-        <v>496.16</v>
+        <v>226.49</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="E61" s="2">
-        <v>496.16</v>
+        <v>226.49</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>150</v>
+        <v>132</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="E62" s="2">
-        <v>377.58</v>
+        <v>122.39</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="E63" s="2">
-        <v>436.97</v>
+        <v>584.36</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>159</v>
+        <v>150</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>114</v>
+        <v>96</v>
       </c>
       <c r="E64" s="2">
-        <v>220.62</v>
+        <v>806.87</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="E65" s="2">
-        <v>3371.19</v>
+        <v>17598.82</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>114</v>
+        <v>155</v>
       </c>
       <c r="E66" s="2">
-        <v>220.62</v>
+        <v>49.54</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>114</v>
+        <v>155</v>
       </c>
       <c r="E67" s="2">
-        <v>220.62</v>
+        <v>49.54</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="E68" s="2">
-        <v>119.21</v>
+        <v>59.28</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="E69" s="2">
-        <v>2526.26</v>
+        <v>6806.15</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>103</v>
+        <v>163</v>
       </c>
       <c r="E70" s="2">
-        <v>569.17</v>
+        <v>1178.98</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>114</v>
+        <v>166</v>
       </c>
       <c r="E71" s="2">
-        <v>785.91</v>
+        <v>616.15</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="E72" s="2">
-        <v>46.61</v>
+        <v>263.33</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>173</v>
+        <v>132</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>174</v>
+        <v>85</v>
       </c>
       <c r="E73" s="2">
-        <v>54.09</v>
+        <v>358.31</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="B74" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D74" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C74" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" s="2">
-        <v>51.87</v>
+        <v>61.7</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B75" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D75" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C75" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E75" s="2">
-        <v>46.61</v>
+        <v>61.7</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B76" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C76" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E76" s="2">
-        <v>17141.7</v>
+        <v>61.7</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>178</v>
       </c>
       <c r="E77" s="2">
-        <v>48.25</v>
+        <v>193.85</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="E78" s="2">
-        <v>48.25</v>
+        <v>94.26</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B79" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D79" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="B79" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E79" s="2">
-        <v>57.74</v>
+        <v>206.45</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="B80" s="0" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>186</v>
       </c>
       <c r="E80" s="2">
-        <v>6629.36</v>
+        <v>948.91</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>189</v>
       </c>
       <c r="E81" s="2">
-        <v>1148.36</v>
+        <v>312.48</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>192</v>
       </c>
       <c r="E82" s="2">
-        <v>600.15</v>
+        <v>5101.67</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>195</v>
       </c>
       <c r="E83" s="2">
-        <v>256.51</v>
+        <v>8889.67</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>150</v>
+        <v>197</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>103</v>
+        <v>189</v>
       </c>
       <c r="E84" s="2">
-        <v>349</v>
+        <v>483.37</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>199</v>
+        <v>96</v>
       </c>
       <c r="E85" s="2">
-        <v>60.1</v>
+        <v>732.27</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>200</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>199</v>
+        <v>96</v>
       </c>
       <c r="E86" s="2">
-        <v>60.1</v>
+        <v>732.27</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>201</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>199</v>
+        <v>96</v>
       </c>
       <c r="E87" s="2">
-        <v>60.1</v>
+        <v>732.27</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>202</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>203</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>204</v>
       </c>
       <c r="E88" s="2">
-        <v>6248.33</v>
+        <v>459.62</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>205</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>206</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>207</v>
+        <v>181</v>
       </c>
       <c r="E89" s="2">
-        <v>188.81</v>
+        <v>30.42</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="B90" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="B90" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>210</v>
+        <v>181</v>
       </c>
       <c r="E90" s="2">
-        <v>91.81</v>
+        <v>30.42</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>212</v>
+        <v>181</v>
       </c>
       <c r="E91" s="2">
-        <v>201.09</v>
+        <v>61.7</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>215</v>
+        <v>181</v>
       </c>
       <c r="E92" s="2">
-        <v>924.25</v>
+        <v>30.42</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="E93" s="2">
-        <v>304.35</v>
+        <v>12761.4</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>184</v>
+        <v>216</v>
       </c>
       <c r="E94" s="2">
-        <v>2.46</v>
+        <v>165.57</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>184</v>
+        <v>218</v>
       </c>
       <c r="E95" s="2">
-        <v>2.2</v>
+        <v>5294.06</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>223</v>
+        <v>172</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>224</v>
+        <v>113</v>
       </c>
       <c r="E96" s="2">
-        <v>2.34</v>
+        <v>61.7</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>226</v>
+        <v>172</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>227</v>
+        <v>113</v>
       </c>
       <c r="E97" s="2">
-        <v>4969.15</v>
+        <v>61.7</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>229</v>
+        <v>222</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>230</v>
+        <v>181</v>
       </c>
       <c r="E98" s="2">
-        <v>8658.77</v>
+        <v>66.78</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>232</v>
+        <v>172</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>218</v>
+        <v>173</v>
       </c>
       <c r="E99" s="2">
-        <v>470.81</v>
+        <v>61.7</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>234</v>
+        <v>172</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>114</v>
+        <v>173</v>
       </c>
       <c r="E100" s="2">
-        <v>713.25</v>
+        <v>61.7</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>234</v>
+        <v>172</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>114</v>
+        <v>173</v>
       </c>
       <c r="E101" s="2">
-        <v>713.25</v>
+        <v>61.7</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>234</v>
+        <v>172</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>114</v>
+        <v>173</v>
       </c>
       <c r="E102" s="2">
-        <v>713.25</v>
+        <v>61.7</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
       <c r="E103" s="2">
-        <v>9357.05</v>
+        <v>110.42</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>242</v>
+        <v>133</v>
       </c>
       <c r="E104" s="2">
-        <v>447.69</v>
+        <v>4283.06</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>243</v>
+        <v>232</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>244</v>
+        <v>233</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>210</v>
+        <v>234</v>
       </c>
       <c r="E105" s="2">
-        <v>29.63</v>
+        <v>746.18</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>246</v>
+        <v>233</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>210</v>
+        <v>234</v>
       </c>
       <c r="E106" s="2">
-        <v>29.63</v>
+        <v>806.87</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>247</v>
+        <v>236</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
       <c r="E107" s="2">
-        <v>60.1</v>
+        <v>6283.01</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>210</v>
+        <v>189</v>
       </c>
       <c r="E108" s="2">
-        <v>29.63</v>
+        <v>358.31</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>251</v>
+        <v>204</v>
       </c>
       <c r="E109" s="2">
-        <v>12429.93</v>
+        <v>610.75</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="E110" s="2">
-        <v>161.28</v>
+        <v>134.67</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>256</v>
+        <v>88</v>
       </c>
       <c r="E111" s="2">
-        <v>5156.55</v>
+        <v>77.21</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>198</v>
+        <v>249</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>131</v>
+        <v>181</v>
       </c>
       <c r="E112" s="2">
-        <v>60.1</v>
+        <v>349.8</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>198</v>
+        <v>172</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>131</v>
+        <v>113</v>
       </c>
       <c r="E113" s="2">
-        <v>60.1</v>
+        <v>61.7</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>220</v>
+        <v>172</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>260</v>
+        <v>113</v>
       </c>
       <c r="E114" s="2">
-        <v>3</v>
+        <v>61.7</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>220</v>
+        <v>172</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>260</v>
+        <v>173</v>
       </c>
       <c r="E115" s="2">
-        <v>2.57</v>
+        <v>109.39</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>262</v>
+        <v>253</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>263</v>
+        <v>254</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>210</v>
+        <v>85</v>
       </c>
       <c r="E116" s="2">
-        <v>65.04</v>
+        <v>353.32</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>198</v>
+        <v>256</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>199</v>
+        <v>96</v>
       </c>
       <c r="E117" s="2">
-        <v>60.1</v>
+        <v>1030.91</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>198</v>
+        <v>256</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>199</v>
+        <v>96</v>
       </c>
       <c r="E118" s="2">
-        <v>60.1</v>
+        <v>1030.91</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>198</v>
+        <v>256</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>199</v>
+        <v>96</v>
       </c>
       <c r="E119" s="2">
-        <v>60.1</v>
+        <v>1030.91</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>198</v>
+        <v>260</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>199</v>
+        <v>261</v>
       </c>
       <c r="E120" s="2">
-        <v>60.1</v>
+        <v>5332.58</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>269</v>
+        <v>260</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>270</v>
+        <v>88</v>
       </c>
       <c r="E121" s="2">
-        <v>107.56</v>
+        <v>77.21</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>272</v>
+        <v>260</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>151</v>
+        <v>88</v>
       </c>
       <c r="E122" s="2">
-        <v>4171.81</v>
+        <v>77.21</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>275</v>
+        <v>120</v>
       </c>
       <c r="E123" s="2">
-        <v>726.8</v>
+        <v>1123.99</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>274</v>
+        <v>265</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>275</v>
+        <v>123</v>
       </c>
       <c r="E124" s="2">
-        <v>785.91</v>
+        <v>1182.01</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>279</v>
+        <v>181</v>
       </c>
       <c r="E125" s="2">
-        <v>6119.81</v>
+        <v>254.52</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>280</v>
+        <v>269</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>281</v>
+        <v>268</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>218</v>
+        <v>181</v>
       </c>
       <c r="E126" s="2">
-        <v>349</v>
+        <v>254.52</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>282</v>
+        <v>270</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>283</v>
+        <v>268</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>242</v>
+        <v>181</v>
       </c>
       <c r="E127" s="2">
-        <v>594.87</v>
+        <v>254.52</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>284</v>
+        <v>271</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>285</v>
+        <v>268</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>286</v>
+        <v>272</v>
       </c>
       <c r="E128" s="2">
-        <v>131.15</v>
+        <v>254.52</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>287</v>
+        <v>273</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>288</v>
+        <v>268</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>106</v>
+        <v>272</v>
       </c>
       <c r="E129" s="2">
-        <v>75.2</v>
+        <v>254.52</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>289</v>
+        <v>274</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>290</v>
+        <v>268</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>210</v>
+        <v>272</v>
       </c>
       <c r="E130" s="2">
-        <v>340.71</v>
+        <v>254.43</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>291</v>
+        <v>275</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>198</v>
+        <v>276</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>131</v>
+        <v>85</v>
       </c>
       <c r="E131" s="2">
-        <v>60.1</v>
+        <v>45.32</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>292</v>
+        <v>277</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>198</v>
+        <v>276</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>131</v>
+        <v>85</v>
       </c>
       <c r="E132" s="2">
-        <v>60.1</v>
+        <v>45.32</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>293</v>
+        <v>278</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>198</v>
+        <v>276</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>199</v>
+        <v>85</v>
       </c>
       <c r="E133" s="2">
-        <v>106.55</v>
+        <v>45.32</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>294</v>
+        <v>279</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>295</v>
+        <v>148</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="E134" s="2">
-        <v>344.14</v>
+        <v>444.76</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>296</v>
+        <v>280</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>297</v>
+        <v>132</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>114</v>
+        <v>181</v>
       </c>
       <c r="E135" s="2">
-        <v>1004.11</v>
+        <v>358.31</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>298</v>
+        <v>281</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>297</v>
+        <v>282</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>114</v>
+        <v>158</v>
       </c>
       <c r="E136" s="2">
-        <v>1004.11</v>
+        <v>423.63</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>299</v>
+        <v>283</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>297</v>
+        <v>282</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>114</v>
+        <v>158</v>
       </c>
       <c r="E137" s="2">
-        <v>1004.11</v>
+        <v>320.54</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>300</v>
+        <v>284</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>301</v>
+        <v>282</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>210</v>
+        <v>158</v>
       </c>
       <c r="E138" s="2">
-        <v>247.91</v>
+        <v>320.54</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>302</v>
+        <v>285</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>303</v>
+        <v>282</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>304</v>
+        <v>286</v>
       </c>
       <c r="E139" s="2">
-        <v>5194.07</v>
+        <v>537.63</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>305</v>
+        <v>287</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>303</v>
+        <v>165</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>106</v>
+        <v>288</v>
       </c>
       <c r="E140" s="2">
-        <v>75.2</v>
+        <v>1060.07</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>306</v>
+        <v>289</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="E141" s="2">
-        <v>75.2</v>
+        <v>617.98</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>307</v>
+        <v>291</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>308</v>
+        <v>290</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>138</v>
+        <v>96</v>
       </c>
       <c r="E142" s="2">
-        <v>1094.79</v>
+        <v>806.87</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>309</v>
+        <v>292</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>308</v>
+        <v>290</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>141</v>
+        <v>96</v>
       </c>
       <c r="E143" s="2">
-        <v>1151.32</v>
+        <v>806.87</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>310</v>
+        <v>293</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>311</v>
+        <v>290</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>210</v>
+        <v>96</v>
       </c>
       <c r="E144" s="2">
-        <v>247.91</v>
+        <v>806.87</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>312</v>
+        <v>294</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>311</v>
+        <v>295</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>210</v>
+        <v>296</v>
       </c>
       <c r="E145" s="2">
-        <v>247.91</v>
+        <v>1002.4</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>313</v>
+        <v>297</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>210</v>
+        <v>189</v>
       </c>
       <c r="E146" s="2">
-        <v>247.91</v>
+        <v>610.75</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>315</v>
+        <v>189</v>
       </c>
       <c r="E147" s="2">
-        <v>247.91</v>
+        <v>610.75</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>316</v>
+        <v>300</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>315</v>
+        <v>189</v>
       </c>
       <c r="E148" s="2">
-        <v>247.91</v>
+        <v>610.75</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>317</v>
+        <v>301</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>311</v>
+        <v>298</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>315</v>
+        <v>189</v>
       </c>
       <c r="E149" s="2">
-        <v>247.82</v>
+        <v>610.75</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>318</v>
+        <v>302</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>319</v>
+        <v>303</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="E150" s="2">
-        <v>44.14</v>
+        <v>24.12</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>319</v>
+        <v>305</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>103</v>
+        <v>306</v>
       </c>
       <c r="E151" s="2">
-        <v>44.14</v>
+        <v>807.09</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>321</v>
+        <v>307</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>319</v>
+        <v>305</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>103</v>
+        <v>306</v>
       </c>
       <c r="E152" s="2">
-        <v>44.14</v>
+        <v>807.09</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>322</v>
+        <v>308</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>169</v>
+        <v>305</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>103</v>
+        <v>306</v>
       </c>
       <c r="E153" s="2">
-        <v>433.19</v>
+        <v>807.09</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>323</v>
+        <v>309</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>150</v>
+        <v>310</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>210</v>
+        <v>245</v>
       </c>
       <c r="E154" s="2">
-        <v>349</v>
+        <v>29.31</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>324</v>
+        <v>311</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>325</v>
+        <v>310</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>184</v>
+        <v>245</v>
       </c>
       <c r="E155" s="2">
-        <v>412.61</v>
+        <v>22.98</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>326</v>
+        <v>312</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>184</v>
+        <v>314</v>
       </c>
       <c r="E156" s="2">
-        <v>312.21</v>
+        <v>2127.11</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>327</v>
+        <v>315</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>325</v>
+        <v>298</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="E157" s="2">
-        <v>312.21</v>
+        <v>92.37</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>328</v>
+        <v>316</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>260</v>
+        <v>318</v>
       </c>
       <c r="E158" s="2">
-        <v>523.67</v>
+        <v>135.36</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>191</v>
+        <v>320</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>330</v>
+        <v>296</v>
       </c>
       <c r="E159" s="2">
-        <v>1032.54</v>
+        <v>12542.59</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>332</v>
+        <v>101</v>
       </c>
       <c r="C160" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>114</v>
+        <v>96</v>
       </c>
       <c r="E160" s="2">
-        <v>601.92</v>
+        <v>1672.34</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>333</v>
+        <v>322</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>332</v>
+        <v>112</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E161" s="2">
-        <v>785.91</v>
+        <v>15.3</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>334</v>
+        <v>323</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>332</v>
+        <v>132</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>114</v>
+        <v>133</v>
       </c>
       <c r="E162" s="2">
-        <v>785.91</v>
+        <v>43.89</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>335</v>
+        <v>324</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>332</v>
+        <v>231</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>114</v>
+        <v>133</v>
       </c>
       <c r="E163" s="2">
-        <v>785.91</v>
+        <v>43.89</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>336</v>
+        <v>325</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>337</v>
+        <v>132</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>338</v>
+        <v>133</v>
       </c>
       <c r="E164" s="2">
-        <v>976.36</v>
+        <v>43.89</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>339</v>
+        <v>326</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>340</v>
+        <v>132</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>218</v>
+        <v>133</v>
       </c>
       <c r="E165" s="2">
-        <v>594.87</v>
+        <v>43.89</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>341</v>
+        <v>327</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>340</v>
+        <v>132</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>218</v>
+        <v>133</v>
       </c>
       <c r="E166" s="2">
-        <v>594.87</v>
+        <v>43.89</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>342</v>
+        <v>328</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>340</v>
+        <v>132</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>218</v>
+        <v>127</v>
       </c>
       <c r="E167" s="2">
-        <v>594.87</v>
+        <v>43.89</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>343</v>
+        <v>329</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>218</v>
+        <v>331</v>
       </c>
       <c r="E168" s="2">
-        <v>594.87</v>
+        <v>35.37</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>345</v>
+        <v>254</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="E169" s="2">
-        <v>23.49</v>
+        <v>12.72</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>346</v>
+        <v>333</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>347</v>
+        <v>334</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>224</v>
+        <v>85</v>
       </c>
       <c r="E170" s="2">
-        <v>786.13</v>
+        <v>43.89</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>348</v>
+        <v>335</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>347</v>
+        <v>334</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>224</v>
+        <v>110</v>
       </c>
       <c r="E171" s="2">
-        <v>786.13</v>
+        <v>43.89</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>349</v>
+        <v>336</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>347</v>
+        <v>132</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>224</v>
+        <v>88</v>
       </c>
       <c r="E172" s="2">
-        <v>786.13</v>
+        <v>43.89</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>350</v>
+        <v>337</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>286</v>
+        <v>88</v>
       </c>
       <c r="E173" s="2">
-        <v>28.55</v>
+        <v>43.89</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>352</v>
+        <v>339</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>286</v>
+        <v>88</v>
       </c>
       <c r="E174" s="2">
-        <v>22.38</v>
+        <v>43.89</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>353</v>
+        <v>340</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>354</v>
+        <v>341</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>355</v>
+        <v>88</v>
       </c>
       <c r="E175" s="2">
-        <v>2071.86</v>
+        <v>43.89</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>356</v>
+        <v>342</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>357</v>
+        <v>343</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>358</v>
+        <v>344</v>
       </c>
       <c r="E176" s="2">
-        <v>3894.71</v>
+        <v>43.89</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>359</v>
+        <v>345</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>218</v>
+        <v>344</v>
       </c>
       <c r="E177" s="2">
-        <v>89.97</v>
+        <v>43.89</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>360</v>
+        <v>347</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>361</v>
+        <v>244</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>362</v>
+        <v>245</v>
       </c>
       <c r="E178" s="2">
-        <v>131.84</v>
+        <v>43.89</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>363</v>
+        <v>348</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>364</v>
+        <v>349</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>338</v>
+        <v>245</v>
       </c>
       <c r="E179" s="2">
-        <v>12216.8</v>
+        <v>43.89</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>365</v>
+        <v>350</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>119</v>
+        <v>351</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>114</v>
+        <v>245</v>
       </c>
       <c r="E180" s="2">
-        <v>1628.9</v>
+        <v>39.57</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>366</v>
+        <v>352</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>238</v>
+        <v>351</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>367</v>
+        <v>245</v>
       </c>
       <c r="E181" s="2">
-        <v>161.52</v>
+        <v>39.57</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>368</v>
+        <v>353</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>130</v>
+        <v>351</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>131</v>
+        <v>245</v>
       </c>
       <c r="E182" s="2">
-        <v>14.9</v>
+        <v>39.57</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>369</v>
+        <v>354</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>150</v>
+        <v>351</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>151</v>
+        <v>245</v>
       </c>
       <c r="E183" s="2">
-        <v>42.75</v>
+        <v>39.57</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>370</v>
+        <v>355</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>272</v>
+        <v>356</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>151</v>
+        <v>245</v>
       </c>
       <c r="E184" s="2">
-        <v>42.75</v>
+        <v>43.89</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>371</v>
+        <v>357</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>150</v>
+        <v>356</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>151</v>
+        <v>245</v>
       </c>
       <c r="E185" s="2">
-        <v>42.75</v>
+        <v>43.89</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>372</v>
+        <v>358</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>150</v>
+        <v>249</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>151</v>
+        <v>181</v>
       </c>
       <c r="E186" s="2">
-        <v>42.75</v>
+        <v>39.57</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>373</v>
+        <v>359</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>150</v>
+        <v>233</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>151</v>
+        <v>234</v>
       </c>
       <c r="E187" s="2">
-        <v>42.75</v>
+        <v>43.89</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>374</v>
+        <v>360</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>150</v>
+        <v>361</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>145</v>
+        <v>362</v>
       </c>
       <c r="E188" s="2">
-        <v>42.75</v>
+        <v>5977.37</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>375</v>
+        <v>363</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>376</v>
+        <v>364</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>377</v>
+        <v>365</v>
       </c>
       <c r="E189" s="2">
-        <v>34.45</v>
+        <v>14644.85</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>378</v>
+        <v>366</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>295</v>
+        <v>367</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>103</v>
+        <v>368</v>
       </c>
       <c r="E190" s="2">
-        <v>12.39</v>
+        <v>265.56</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>379</v>
+        <v>369</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>103</v>
+        <v>371</v>
       </c>
       <c r="E191" s="2">
-        <v>42.75</v>
+        <v>4572.76</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>381</v>
+        <v>372</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>128</v>
+        <v>374</v>
       </c>
       <c r="E192" s="2">
-        <v>42.75</v>
+        <v>8141.34</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>150</v>
+        <v>376</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>106</v>
+        <v>377</v>
       </c>
       <c r="E193" s="2">
-        <v>42.75</v>
+        <v>13178.87</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>106</v>
+        <v>380</v>
       </c>
       <c r="E194" s="2">
-        <v>42.75</v>
+        <v>835.27</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>106</v>
+        <v>383</v>
       </c>
       <c r="E195" s="2">
-        <v>42.75</v>
+        <v>1445.1</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="B196" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="C196" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D196" s="0" t="s">
         <v>386</v>
       </c>
-      <c r="B196" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E196" s="2">
-        <v>42.75</v>
+        <v>16047.15</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="B197" s="0" t="s">
         <v>388</v>
       </c>
-      <c r="B197" s="0" t="s">
+      <c r="C197" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D197" s="0" t="s">
         <v>389</v>
       </c>
-      <c r="C197" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E197" s="2">
-        <v>42.75</v>
+        <v>62.68</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B198" s="0" t="s">
         <v>391</v>
       </c>
-      <c r="B198" s="0" t="s">
+      <c r="C198" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D198" s="0" t="s">
         <v>392</v>
       </c>
-      <c r="C198" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E198" s="2">
-        <v>42.75</v>
+        <v>789.77</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
         <v>393</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>285</v>
+        <v>394</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>286</v>
+        <v>389</v>
       </c>
       <c r="E199" s="2">
-        <v>42.75</v>
+        <v>53246.52</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>286</v>
+        <v>396</v>
       </c>
       <c r="E200" s="2">
-        <v>42.75</v>
+        <v>2483.98</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>286</v>
+        <v>399</v>
       </c>
       <c r="E201" s="2">
-        <v>38.53</v>
+        <v>32.62</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>286</v>
+        <v>402</v>
       </c>
       <c r="E202" s="2">
-        <v>38.53</v>
+        <v>4299.92</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>397</v>
+        <v>364</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>286</v>
+        <v>404</v>
       </c>
       <c r="E203" s="2">
-        <v>38.53</v>
+        <v>8899.79</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>397</v>
+        <v>364</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>286</v>
+        <v>406</v>
       </c>
       <c r="E204" s="2">
-        <v>38.53</v>
+        <v>427482.73</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>286</v>
+        <v>409</v>
       </c>
       <c r="E205" s="2">
-        <v>42.75</v>
+        <v>8350.44</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>286</v>
+        <v>411</v>
       </c>
       <c r="E206" s="2">
-        <v>42.75</v>
+        <v>10.68</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>290</v>
+        <v>413</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>210</v>
+        <v>414</v>
       </c>
       <c r="E207" s="2">
-        <v>38.53</v>
+        <v>7955.35</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>405</v>
+        <v>415</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>274</v>
+        <v>416</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>275</v>
+        <v>417</v>
       </c>
       <c r="E208" s="2">
-        <v>42.75</v>
+        <v>1931.9</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>407</v>
+        <v>419</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
       <c r="E209" s="2">
-        <v>5822.11</v>
+        <v>5.37</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>410</v>
+        <v>422</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>411</v>
+        <v>423</v>
       </c>
       <c r="E210" s="2">
-        <v>14264.46</v>
+        <v>14389.04</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>10</v>
-[...458 lines deleted...]
-      <c r="F233" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -6387,55 +5774,32 @@
     <hyperlink ref="F186" r:id="rId186"/>
     <hyperlink ref="F187" r:id="rId187"/>
     <hyperlink ref="F188" r:id="rId188"/>
     <hyperlink ref="F189" r:id="rId189"/>
     <hyperlink ref="F190" r:id="rId190"/>
     <hyperlink ref="F191" r:id="rId191"/>
     <hyperlink ref="F192" r:id="rId192"/>
     <hyperlink ref="F193" r:id="rId193"/>
     <hyperlink ref="F194" r:id="rId194"/>
     <hyperlink ref="F195" r:id="rId195"/>
     <hyperlink ref="F196" r:id="rId196"/>
     <hyperlink ref="F197" r:id="rId197"/>
     <hyperlink ref="F198" r:id="rId198"/>
     <hyperlink ref="F199" r:id="rId199"/>
     <hyperlink ref="F200" r:id="rId200"/>
     <hyperlink ref="F201" r:id="rId201"/>
     <hyperlink ref="F202" r:id="rId202"/>
     <hyperlink ref="F203" r:id="rId203"/>
     <hyperlink ref="F204" r:id="rId204"/>
     <hyperlink ref="F205" r:id="rId205"/>
     <hyperlink ref="F206" r:id="rId206"/>
     <hyperlink ref="F207" r:id="rId207"/>
     <hyperlink ref="F208" r:id="rId208"/>
     <hyperlink ref="F209" r:id="rId209"/>
     <hyperlink ref="F210" r:id="rId210"/>
-    <hyperlink ref="F211" r:id="rId211"/>
-[...21 lines deleted...]
-    <hyperlink ref="F233" r:id="rId233"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>