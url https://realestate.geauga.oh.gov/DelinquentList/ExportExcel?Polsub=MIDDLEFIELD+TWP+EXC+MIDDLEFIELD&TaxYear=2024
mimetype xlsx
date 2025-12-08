--- v0 (2025-10-16)
+++ v1 (2025-12-08)
@@ -5,311 +5,263 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="90" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
-    <t>00080</t>
-[...2 lines deleted...]
-    <t>KOVACH JAMES S</t>
+    <t>00183</t>
+  </si>
+  <si>
+    <t>HARDIN CHERI E</t>
   </si>
   <si>
     <t>2802 - CARDINAL LSD</t>
   </si>
   <si>
-    <t>157 TERRACE DR</t>
+    <t>146 TERRACE DR</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>00183</t>
-[...7 lines deleted...]
-  <si>
     <t>00296</t>
   </si>
   <si>
     <t>MOLNAR JOCELYNN R</t>
   </si>
   <si>
     <t>77 PARK DR</t>
   </si>
   <si>
     <t>00351</t>
   </si>
   <si>
     <t>OSBORN BRENDA</t>
   </si>
   <si>
     <t>66 BETTY LOU DR</t>
   </si>
   <si>
-    <t>00424</t>
-[...7 lines deleted...]
-  <si>
     <t>00588</t>
   </si>
   <si>
     <t>SARGENT BENJAMIN A &amp; CHRISTOPHER R</t>
   </si>
   <si>
     <t>41 BUD DR</t>
   </si>
   <si>
     <t>00738</t>
   </si>
   <si>
     <t>MILLER JAKE</t>
   </si>
   <si>
     <t>33 THOMAS DR</t>
   </si>
   <si>
     <t>00975</t>
   </si>
   <si>
     <t>STRICKLAND DONALD SR</t>
   </si>
   <si>
     <t>143 TERRACE DR</t>
   </si>
   <si>
     <t>01051</t>
   </si>
   <si>
     <t>METHENY NATHANIEL RAY</t>
   </si>
   <si>
     <t>80 PARK DR</t>
   </si>
   <si>
     <t>02068</t>
   </si>
   <si>
     <t>EBELENDER GEORGE D</t>
   </si>
   <si>
     <t>15716 NEWCOMB RD</t>
   </si>
   <si>
-    <t>02157</t>
-[...7 lines deleted...]
-  <si>
     <t>18-000100</t>
   </si>
   <si>
     <t>HATCH DOUGLAS ALLAN</t>
   </si>
   <si>
     <t>16659 BRIDGE RD</t>
   </si>
   <si>
     <t>18-046700</t>
   </si>
   <si>
     <t>15499 KINSMAN ROAD LLC</t>
   </si>
   <si>
     <t>15499 KINSMAN RD</t>
   </si>
   <si>
     <t>18-046900</t>
   </si>
   <si>
     <t>WEAVER SAMUEL J &amp; SALOMA A</t>
   </si>
   <si>
     <t>15677 NEWCOMB RD</t>
   </si>
   <si>
+    <t>18-050760</t>
+  </si>
+  <si>
+    <t>FISHER JOHNNY D &amp; MARTHA M</t>
+  </si>
+  <si>
+    <t>17747 PETERS RD</t>
+  </si>
+  <si>
     <t>18-069400</t>
   </si>
   <si>
     <t>MILLER ROBERT R III</t>
   </si>
   <si>
     <t>15540 GEORGIA RD</t>
   </si>
   <si>
     <t>18-073350</t>
   </si>
   <si>
     <t>YORK ROBERT J &amp; LAURA A</t>
   </si>
   <si>
     <t>17012 SHEDD RD</t>
   </si>
   <si>
     <t>18-073400</t>
   </si>
   <si>
     <t>SMITH O P</t>
   </si>
   <si>
     <t>NONE</t>
   </si>
   <si>
     <t>18-080500</t>
   </si>
   <si>
     <t>DIVERSIFIED DEVELOPING LLC</t>
   </si>
   <si>
     <t>16253 KINSMAN RD</t>
   </si>
   <si>
-    <t>18-081520</t>
-[...7 lines deleted...]
-  <si>
     <t>18-089500</t>
   </si>
   <si>
     <t>SCHLABACH JONAS R &amp; MARLENE</t>
   </si>
   <si>
     <t>15756 SHEDD RD</t>
   </si>
   <si>
-    <t>18-090623</t>
-[...2 lines deleted...]
-    <t>PRICE REBA TOD</t>
+    <t>18-090814</t>
+  </si>
+  <si>
+    <t>PLOTTS HARVEY E LAURA L</t>
+  </si>
+  <si>
+    <t>16687 NAUVOO RD</t>
+  </si>
+  <si>
+    <t>18-091262</t>
+  </si>
+  <si>
+    <t>BOORN ELIZABETH</t>
+  </si>
+  <si>
+    <t>OLD STATE RD</t>
+  </si>
+  <si>
+    <t>18-091305</t>
+  </si>
+  <si>
+    <t>BRAUN KAREN &amp; DAVID J JR</t>
+  </si>
+  <si>
+    <t>STATION RD</t>
+  </si>
+  <si>
+    <t>18-091320</t>
+  </si>
+  <si>
+    <t>MILLER BRIAN L &amp;THERESA M</t>
   </si>
   <si>
     <t>MADISON RD</t>
-  </si>
-[...46 lines deleted...]
-    <t>TROYER REUBEN D &amp; SUSAN D</t>
   </si>
   <si>
     <t>18-091382</t>
   </si>
   <si>
     <t>MC INTOSH H P</t>
   </si>
   <si>
     <t>GEORGIA RD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -328,675 +280,549 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F29" headerRowCount="1">
-  <autoFilter ref="A1:F29"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F23" headerRowCount="1">
+  <autoFilter ref="A1:F23"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55446&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55250&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55523&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56858&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=18971&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=20409&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=20415&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=21135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=21255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=21258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=21477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=21516&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=21762&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=22011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=22469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=22950&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=51865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=51773&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53868&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=54354&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=51741&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55250&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55256&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55523&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55430&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55289&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55872&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=55274&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/ManufacturedHome?Property_ID=56776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=18971&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=20409&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=20415&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=20568&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=21135&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=21255&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=21258&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=21477&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=21762&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=22469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=51865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=51773&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=53868&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realestate.geauga.oh.gov/RealEstate/Index?Property_ID=51741&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F29"/>
+  <dimension ref="A1:F23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="19.02606964111328" customWidth="1"/>
     <col min="2" max="2" width="37.72537612915039" customWidth="1"/>
     <col min="3" max="3" width="20.131725311279297" customWidth="1"/>
-    <col min="4" max="4" width="22.76918601989746" customWidth="1"/>
+    <col min="4" max="4" width="20.32303810119629" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>125.88</v>
+        <v>132.33</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>128.89</v>
+        <v>212.1</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>206.59</v>
+        <v>171.55</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>167.09</v>
+        <v>35.1</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>115.93</v>
+        <v>535.91</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>34.19</v>
+        <v>29.52</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>521.99</v>
+        <v>101.89</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>28.75</v>
+        <v>62.3</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>99.24</v>
+        <v>1960.29</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>60.68</v>
+        <v>26995.41</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>787.9</v>
+        <v>5494.48</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>1909.37</v>
+        <v>8970.63</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2">
-        <v>26294.23</v>
+        <v>2413.31</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="2">
-        <v>5351.77</v>
+        <v>3365.04</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="2">
-        <v>2350.62</v>
+        <v>2339.8</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="2">
-        <v>3277.63</v>
+        <v>1546.34</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="2">
-        <v>2279.03</v>
+        <v>3166.33</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="2">
-        <v>1506.18</v>
+        <v>866.78</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="2">
-        <v>658.87</v>
+        <v>21.67</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="2">
-        <v>3084.09</v>
+        <v>133.02</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="2">
-        <v>603.61</v>
+        <v>3.29</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="2">
-        <v>844.27</v>
+        <v>10.95</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>10</v>
-[...118 lines deleted...]
-      <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
     <hyperlink ref="F22" r:id="rId22"/>
     <hyperlink ref="F23" r:id="rId23"/>
-    <hyperlink ref="F24" r:id="rId24"/>
-[...4 lines deleted...]
-    <hyperlink ref="F29" r:id="rId29"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>