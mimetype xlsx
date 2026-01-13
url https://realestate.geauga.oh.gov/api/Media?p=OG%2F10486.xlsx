--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -21,69 +21,69 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId2"/>
     <sheet name="25-PARKMAN TWP-CARDINAL LSD" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
   <si>
     <t>Oil and Gas Company #10486</t>
   </si>
   <si>
     <t>DJR WELL SERVICES INC.</t>
   </si>
   <si>
     <t>Date Generated:</t>
   </si>
   <si>
-    <t>02/03/2025</t>
+    <t>01/08/2026</t>
   </si>
   <si>
     <t>1440 COUNTY LINE ROAD</t>
   </si>
   <si>
     <t>Tax Year:</t>
   </si>
   <si>
-    <t>2024</t>
+    <t>2025</t>
   </si>
   <si>
     <t>MCDONALD, OH 44437</t>
   </si>
   <si>
     <t>Due Date:</t>
   </si>
   <si>
-    <t>02/26/2025</t>
+    <t>02/18/2026</t>
   </si>
   <si>
     <t>District Summary</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Full Rate</t>
   </si>
   <si>
     <t>Effective Rate</t>
   </si>
   <si>
     <t>Oil Value</t>
   </si>
   <si>
     <t>Gas Value</t>
   </si>
   <si>
     <t>Total Value</t>
   </si>
   <si>
     <t>Prior Due</t>
   </si>
@@ -531,459 +531,459 @@
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="C9" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="D9" s="3">
-        <v>19740</v>
+        <v>22170</v>
       </c>
       <c r="E9" s="3">
-        <v>8400</v>
+        <v>7920</v>
       </c>
       <c r="F9" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>28140</v>
+        <v>30090</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
-        <v>779.88</v>
+        <v>830.85</v>
       </c>
       <c r="I9" s="4">
-        <v>779.88</v>
+        <v>830.85</v>
       </c>
       <c r="J9" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>1559.76</v>
+        <v>1661.7</v>
       </c>
       <c r="K9" s="0">
         <v>17</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="6">
-        <v>700</v>
+        <v>1380</v>
       </c>
       <c r="D14" s="6">
-        <v>160</v>
+        <v>120</v>
       </c>
       <c r="E14" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>860</v>
+        <v>1500</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="6">
-        <v>1190</v>
+        <v>1950</v>
       </c>
       <c r="D15" s="6">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="E15" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1430</v>
+        <v>2150</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="6">
-        <v>1190</v>
+        <v>1940</v>
       </c>
       <c r="D16" s="6">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="E16" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1430</v>
+        <v>2140</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
-        <v>2250</v>
+        <v>2390</v>
       </c>
       <c r="D17" s="6">
-        <v>1710</v>
+        <v>1570</v>
       </c>
       <c r="E17" s="8">
         <f>[Oil Value]+[Gas Value]</f>
         <v>3960</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="6">
-        <v>1720</v>
+        <v>1200</v>
       </c>
       <c r="D18" s="6">
-        <v>1420</v>
+        <v>1290</v>
       </c>
       <c r="E18" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>3140</v>
+        <v>2490</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="6">
-        <v>0</v>
+        <v>860</v>
       </c>
       <c r="D19" s="6">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="E19" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>90</v>
+        <v>920</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="6">
-        <v>1380</v>
+        <v>1570</v>
       </c>
       <c r="D20" s="6">
-        <v>440</v>
+        <v>540</v>
       </c>
       <c r="E20" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1820</v>
+        <v>2110</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="6">
-        <v>1380</v>
+        <v>1560</v>
       </c>
       <c r="D21" s="6">
-        <v>440</v>
+        <v>540</v>
       </c>
       <c r="E21" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1820</v>
+        <v>2100</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="6">
-        <v>1320</v>
+        <v>1470</v>
       </c>
       <c r="D22" s="6">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="E22" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1780</v>
+        <v>1920</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="6">
-        <v>710</v>
+        <v>1120</v>
       </c>
       <c r="D23" s="6">
         <v>300</v>
       </c>
       <c r="E23" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1010</v>
+        <v>1420</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="6">
-        <v>1720</v>
+        <v>1200</v>
       </c>
       <c r="D24" s="6">
-        <v>1420</v>
+        <v>1290</v>
       </c>
       <c r="E24" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>3140</v>
+        <v>2490</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="6">
-        <v>1410</v>
+        <v>1730</v>
       </c>
       <c r="D25" s="6">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="E25" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1470</v>
+        <v>1800</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="6">
-        <v>710</v>
+        <v>1110</v>
       </c>
       <c r="D26" s="6">
         <v>300</v>
       </c>
       <c r="E26" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1010</v>
+        <v>1410</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="6">
-        <v>1120</v>
+        <v>810</v>
       </c>
       <c r="D27" s="6">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="E27" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1290</v>
+        <v>960</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="6">
-        <v>1120</v>
+        <v>810</v>
       </c>
       <c r="D28" s="6">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="E28" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1290</v>
+        <v>960</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>57</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="6">
-        <v>1310</v>
+        <v>1070</v>
       </c>
       <c r="D29" s="6">
-        <v>370</v>
+        <v>310</v>
       </c>
       <c r="E29" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1680</v>
+        <v>1380</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="6">
-        <v>510</v>
+        <v>0</v>
       </c>
       <c r="D30" s="6">
-        <v>410</v>
+        <v>380</v>
       </c>
       <c r="E30" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>920</v>
+        <v>380</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="22.416229248046875" customWidth="1"/>
@@ -1005,76 +1005,76 @@
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>65</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>1229.91</v>
+        <v>1312.79</v>
       </c>
       <c r="D3" s="4">
-        <v>1229.91</v>
+        <v>1312.79</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>2459.82</v>
+        <v>2625.58</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-450.03</v>
+        <v>-481.94</v>
       </c>
       <c r="D4" s="4">
-        <v>-450.03</v>
+        <v>-481.94</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-900.06</v>
+        <v>-963.88</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B6" s="4">
@@ -1095,148 +1095,148 @@
       <c r="A7" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>779.88</v>
+        <v>830.85</v>
       </c>
       <c r="D8" s="4">
-        <v>779.88</v>
+        <v>830.85</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1559.76</v>
+        <v>1661.7</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>779.88</v>
+        <v>830.85</v>
       </c>
       <c r="D11" s="4">
-        <v>779.88</v>
+        <v>830.85</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1559.76</v>
+        <v>1661.7</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>779.88</v>
+        <v>830.85</v>
       </c>
       <c r="D13" s="4">
-        <v>779.88</v>
+        <v>830.85</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1559.76</v>
+        <v>1661.7</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -1249,648 +1249,648 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>82</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F17" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G17" s="3">
-        <v>700</v>
+        <v>1380</v>
       </c>
       <c r="H17" s="3">
-        <v>160</v>
+        <v>120</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>860</v>
+        <v>1500</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.030561478322672354</v>
+        <v>0.049850448654037885</v>
       </c>
       <c r="K17" s="10">
-        <v>47.76</v>
+        <v>83.02</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F18" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G18" s="3">
-        <v>1190</v>
+        <v>1950</v>
       </c>
       <c r="H18" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1430</v>
+        <v>2150</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.05081734186211798</v>
+        <v>0.07145230973745431</v>
       </c>
       <c r="K18" s="10">
-        <v>79.3</v>
+        <v>118.8</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F19" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G19" s="3">
-        <v>1190</v>
+        <v>1940</v>
       </c>
       <c r="H19" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1430</v>
+        <v>2140</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.05081734186211798</v>
+        <v>0.07111997341309406</v>
       </c>
       <c r="K19" s="10">
-        <v>79.3</v>
+        <v>118.22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F20" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G20" s="3">
-        <v>2250</v>
+        <v>2390</v>
       </c>
       <c r="H20" s="3">
-        <v>1710</v>
+        <v>1570</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
         <v>3960</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.14072494669509597</v>
+        <v>0.13160518444666003</v>
       </c>
       <c r="K20" s="10">
-        <v>219.4</v>
+        <v>218.54</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F21" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G21" s="3">
-        <v>1720</v>
+        <v>1200</v>
       </c>
       <c r="H21" s="3">
-        <v>1420</v>
+        <v>1290</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>3140</v>
+        <v>2490</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.11158493248045488</v>
+        <v>0.08275174476570289</v>
       </c>
       <c r="K21" s="10">
-        <v>173.96</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F22" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G22" s="3">
-        <v>0</v>
+        <v>860</v>
       </c>
       <c r="H22" s="3">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>90</v>
+        <v>920</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0031982942430703624</v>
+        <v>0.03057494184114324</v>
       </c>
       <c r="K22" s="10">
-        <v>5.1</v>
+        <v>50.76</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F23" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G23" s="3">
-        <v>1380</v>
+        <v>1570</v>
       </c>
       <c r="H23" s="3">
-        <v>440</v>
+        <v>540</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1820</v>
+        <v>2110</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.06467661691542288</v>
+        <v>0.07012296444001329</v>
       </c>
       <c r="K23" s="10">
-        <v>100.92</v>
+        <v>116.46</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E24" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F24" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G24" s="3">
-        <v>1380</v>
+        <v>1560</v>
       </c>
       <c r="H24" s="3">
-        <v>440</v>
+        <v>540</v>
       </c>
       <c r="I24" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1820</v>
+        <v>2100</v>
       </c>
       <c r="J24" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.06467661691542288</v>
+        <v>0.06979062811565304</v>
       </c>
       <c r="K24" s="10">
-        <v>100.92</v>
+        <v>116.12</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E25" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F25" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G25" s="3">
-        <v>1320</v>
+        <v>1470</v>
       </c>
       <c r="H25" s="3">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="I25" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1780</v>
+        <v>1920</v>
       </c>
       <c r="J25" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.06325515280739161</v>
+        <v>0.0638085742771685</v>
       </c>
       <c r="K25" s="10">
-        <v>98.6</v>
+        <v>105.92</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E26" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F26" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G26" s="3">
-        <v>710</v>
+        <v>1120</v>
       </c>
       <c r="H26" s="3">
         <v>300</v>
       </c>
       <c r="I26" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1010</v>
+        <v>1420</v>
       </c>
       <c r="J26" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.035891968727789623</v>
+        <v>0.04719175805915586</v>
       </c>
       <c r="K26" s="10">
-        <v>55.96</v>
+        <v>78.46</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E27" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F27" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G27" s="3">
-        <v>1720</v>
+        <v>1200</v>
       </c>
       <c r="H27" s="3">
-        <v>1420</v>
+        <v>1290</v>
       </c>
       <c r="I27" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>3140</v>
+        <v>2490</v>
       </c>
       <c r="J27" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.11158493248045488</v>
+        <v>0.08275174476570289</v>
       </c>
       <c r="K27" s="10">
-        <v>173.96</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E28" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F28" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G28" s="3">
-        <v>1410</v>
+        <v>1730</v>
       </c>
       <c r="H28" s="3">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="I28" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1470</v>
+        <v>1800</v>
       </c>
       <c r="J28" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.05223880597014925</v>
+        <v>0.05982053838484547</v>
       </c>
       <c r="K28" s="10">
-        <v>81.54</v>
+        <v>99.3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E29" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F29" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G29" s="3">
-        <v>710</v>
+        <v>1110</v>
       </c>
       <c r="H29" s="3">
         <v>300</v>
       </c>
       <c r="I29" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1010</v>
+        <v>1410</v>
       </c>
       <c r="J29" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.035891968727789623</v>
+        <v>0.04685942173479561</v>
       </c>
       <c r="K29" s="10">
-        <v>55.96</v>
+        <v>77.82</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E30" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F30" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G30" s="3">
-        <v>1120</v>
+        <v>810</v>
       </c>
       <c r="H30" s="3">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="I30" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1290</v>
+        <v>960</v>
       </c>
       <c r="J30" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.04584221748400853</v>
+        <v>0.031904287138584245</v>
       </c>
       <c r="K30" s="10">
-        <v>71.52</v>
+        <v>53.02</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E31" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F31" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G31" s="3">
-        <v>1120</v>
+        <v>810</v>
       </c>
       <c r="H31" s="3">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="I31" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1290</v>
+        <v>960</v>
       </c>
       <c r="J31" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.04584221748400853</v>
+        <v>0.031904287138584245</v>
       </c>
       <c r="K31" s="10">
-        <v>71.52</v>
+        <v>53.02</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E32" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F32" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G32" s="3">
-        <v>1310</v>
+        <v>1070</v>
       </c>
       <c r="H32" s="3">
-        <v>370</v>
+        <v>310</v>
       </c>
       <c r="I32" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1680</v>
+        <v>1380</v>
       </c>
       <c r="J32" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.05970149253731344</v>
+        <v>0.045862412761714856</v>
       </c>
       <c r="K32" s="10">
-        <v>93.12</v>
+        <v>76.16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E33" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F33" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G33" s="3">
-        <v>510</v>
+        <v>0</v>
       </c>
       <c r="H33" s="3">
-        <v>410</v>
+        <v>380</v>
       </c>
       <c r="I33" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>920</v>
+        <v>380</v>
       </c>
       <c r="J33" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.032693674484719264</v>
+        <v>0.012628780325689598</v>
       </c>
       <c r="K33" s="10">
-        <v>50.92</v>
+        <v>21.08</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>