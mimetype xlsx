--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -13,161 +13,161 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId2"/>
     <sheet name="16-HUNTSBURG TWP-CARDINAL LSD" sheetId="2" r:id="rId3"/>
-    <sheet name="18-MIDDLEFIELD TWP-CARDINAL LS" sheetId="3" r:id="rId4"/>
+    <sheet name="18-MIDDLEFIELD TWP-CARDINAL LSD" sheetId="3" r:id="rId4"/>
     <sheet name="20-MONTVILLE TWP-BERKSHIRE LSD" sheetId="4" r:id="rId5"/>
     <sheet name="30-THOMPSON TWP-BERKSHIRE LSD" sheetId="5" r:id="rId6"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="86">
   <si>
     <t>Oil and Gas Company #10559</t>
   </si>
   <si>
     <t>BUSTED KNUCKLE OIL &amp; GAS LLC</t>
   </si>
   <si>
     <t>Date Generated:</t>
   </si>
   <si>
-    <t>02/03/2025</t>
+    <t>01/08/2026</t>
   </si>
   <si>
     <t>P.O. BOX 468</t>
   </si>
   <si>
     <t>Tax Year:</t>
   </si>
   <si>
-    <t>2024</t>
+    <t>2025</t>
   </si>
   <si>
     <t>JEFFERSON, OH 44047</t>
   </si>
   <si>
     <t>Due Date:</t>
   </si>
   <si>
-    <t>02/26/2025</t>
+    <t>02/18/2026</t>
   </si>
   <si>
     <t>District Summary</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Full Rate</t>
   </si>
   <si>
     <t>Effective Rate</t>
   </si>
   <si>
     <t>Oil Value</t>
   </si>
   <si>
     <t>Gas Value</t>
   </si>
   <si>
     <t>Total Value</t>
   </si>
   <si>
     <t>Prior Due</t>
   </si>
   <si>
     <t>Half Due</t>
   </si>
   <si>
     <t>Full Due</t>
   </si>
   <si>
     <t>Total Due</t>
   </si>
   <si>
     <t>Permit Count</t>
   </si>
   <si>
     <t>16-HUNTSBURG TWP-CARDINAL LSD</t>
   </si>
   <si>
-    <t>18-MIDDLEFIELD TWP-CARDINAL LS</t>
+    <t>18-MIDDLEFIELD TWP-CARDINAL LSD</t>
   </si>
   <si>
     <t>20-MONTVILLE TWP-BERKSHIRE LSD</t>
   </si>
   <si>
     <t>30-THOMPSON TWP-BERKSHIRE LSD</t>
   </si>
   <si>
     <t>Permit Summary</t>
   </si>
   <si>
     <t>Permit</t>
   </si>
   <si>
     <t>WellName</t>
   </si>
   <si>
     <t>Districts</t>
   </si>
   <si>
     <t>34055205190000</t>
   </si>
   <si>
     <t>STEWART UNIT # 1</t>
   </si>
   <si>
-    <t>34055205680000</t>
-[...2 lines deleted...]
-    <t>T. RAY UNIT # 1</t>
+    <t>34055205270000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GEAUGA ROAD UNIT     2</t>
   </si>
   <si>
     <t>34055207900000</t>
   </si>
   <si>
     <t xml:space="preserve">TURNER     1</t>
   </si>
   <si>
     <t>34055208010000</t>
   </si>
   <si>
     <t xml:space="preserve">D. MCELROY     1</t>
   </si>
   <si>
     <t>34055208020000</t>
   </si>
   <si>
     <t xml:space="preserve">L. HUNT     2</t>
   </si>
   <si>
     <t>34055208080000</t>
   </si>
   <si>
     <t>FEATSENT # 1</t>
   </si>
@@ -413,92 +413,92 @@
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A16:F32" headerRowCount="1">
   <autoFilter ref="A16:F32"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Permit"/>
     <tableColumn id="2" name="WellName"/>
     <tableColumn id="3" name="Oil Value"/>
     <tableColumn id="4" name="Gas Value"/>
     <tableColumn id="5" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="6" name="Districts"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="DistrictTable_16" displayName="DistrictTable_16" ref="A16:K26" headerRowCount="1">
-  <autoFilter ref="A16:K26"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="DistrictTable_16" displayName="DistrictTable_16" ref="A16:K25" headerRowCount="1">
+  <autoFilter ref="A16:K25"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
     <tableColumn id="8" name="Gas Value"/>
     <tableColumn id="9" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="10" name="Percentage of District Value">
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="TaxTable_16" displayName="TaxTable_16" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="5" name="DistrictTable_18" displayName="DistrictTable_18" ref="A16:K17" headerRowCount="1">
-  <autoFilter ref="A16:K17"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="5" name="DistrictTable_18" displayName="DistrictTable_18" ref="A16:K18" headerRowCount="1">
+  <autoFilter ref="A16:K18"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
     <tableColumn id="8" name="Gas Value"/>
     <tableColumn id="9" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="10" name="Percentage of District Value">
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="6" name="TaxTable_18" displayName="TaxTable_18" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
@@ -580,55 +580,55 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="37.33909225463867" customWidth="1"/>
-    <col min="2" max="2" width="20.62074851989746" customWidth="1"/>
+    <col min="2" max="2" width="23.132373809814453" customWidth="1"/>
     <col min="3" max="3" width="15.996493339538574" customWidth="1"/>
     <col min="4" max="4" width="12.350568771362305" customWidth="1"/>
     <col min="5" max="5" width="40" customWidth="1"/>
-    <col min="6" max="6" width="33.46022033691406" customWidth="1"/>
+    <col min="6" max="6" width="34.03416061401367" customWidth="1"/>
     <col min="7" max="7" width="11.938273429870605" customWidth="1"/>
     <col min="8" max="8" width="11.218035697937012" customWidth="1"/>
     <col min="9" max="9" width="10.801648139953613" customWidth="1"/>
     <col min="10" max="10" width="12.127540588378906" customWidth="1"/>
     <col min="11" max="11" width="15.31336498260498" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
@@ -675,640 +675,640 @@
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="C9" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="D9" s="3">
-        <v>2510</v>
+        <v>1310</v>
       </c>
       <c r="E9" s="3">
-        <v>1500</v>
+        <v>750</v>
       </c>
       <c r="F9" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>4010</v>
+        <v>2060</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
-        <v>111.5</v>
+        <v>57.58</v>
       </c>
       <c r="I9" s="4">
-        <v>111.5</v>
+        <v>57.58</v>
       </c>
       <c r="J9" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>223</v>
+        <v>115.16</v>
       </c>
       <c r="K9" s="0">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="C10" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="D10" s="3">
         <v>0</v>
       </c>
       <c r="E10" s="3">
-        <v>300</v>
+        <v>170</v>
       </c>
       <c r="F10" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>300</v>
+        <v>170</v>
       </c>
       <c r="G10" s="4">
         <v>0</v>
       </c>
       <c r="H10" s="4">
-        <v>9.01</v>
+        <v>5.16</v>
       </c>
       <c r="I10" s="4">
-        <v>9.01</v>
+        <v>5.16</v>
       </c>
       <c r="J10" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>18.02</v>
+        <v>10.32</v>
       </c>
       <c r="K10" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="2">
-        <v>82.67</v>
+        <v>80.97</v>
       </c>
       <c r="C11" s="2">
-        <v>46.92001</v>
+        <v>45.512031</v>
       </c>
       <c r="D11" s="3">
         <v>0</v>
       </c>
       <c r="E11" s="3">
-        <v>370</v>
+        <v>110</v>
       </c>
       <c r="F11" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>370</v>
+        <v>110</v>
       </c>
       <c r="G11" s="4">
         <v>0</v>
       </c>
       <c r="H11" s="4">
-        <v>8.8</v>
+        <v>2.62</v>
       </c>
       <c r="I11" s="4">
-        <v>8.8</v>
+        <v>2.62</v>
       </c>
       <c r="J11" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>17.6</v>
+        <v>5.24</v>
       </c>
       <c r="K11" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="2">
-        <v>86.27</v>
+        <v>86.07</v>
       </c>
       <c r="C12" s="2">
-        <v>51.588007</v>
+        <v>51.348421</v>
       </c>
       <c r="D12" s="3">
-        <v>340</v>
+        <v>530</v>
       </c>
       <c r="E12" s="3">
-        <v>760</v>
+        <v>730</v>
       </c>
       <c r="F12" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1100</v>
+        <v>1260</v>
       </c>
       <c r="G12" s="4">
         <v>0</v>
       </c>
       <c r="H12" s="4">
-        <v>28.67</v>
+        <v>32.44</v>
       </c>
       <c r="I12" s="4">
-        <v>28.67</v>
+        <v>32.44</v>
       </c>
       <c r="J12" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>57.34</v>
+        <v>64.88</v>
       </c>
       <c r="K12" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E16" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="E17" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6">
-        <v>230</v>
+        <v>20</v>
       </c>
       <c r="E18" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>230</v>
+        <v>20</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6">
-        <v>180</v>
+        <v>50</v>
       </c>
       <c r="E19" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>180</v>
+        <v>50</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>37</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6">
-        <v>190</v>
+        <v>60</v>
       </c>
       <c r="E20" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>190</v>
+        <v>60</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6">
-        <v>210</v>
+        <v>160</v>
       </c>
       <c r="E21" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>210</v>
+        <v>160</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>41</v>
       </c>
       <c r="C22" s="6">
-        <v>390</v>
+        <v>190</v>
       </c>
       <c r="D22" s="6">
-        <v>180</v>
+        <v>140</v>
       </c>
       <c r="E22" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>570</v>
+        <v>330</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C23" s="6">
-        <v>390</v>
+        <v>190</v>
       </c>
       <c r="D23" s="6">
-        <v>180</v>
+        <v>140</v>
       </c>
       <c r="E23" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>570</v>
+        <v>330</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C24" s="6">
         <v>0</v>
       </c>
       <c r="D24" s="6">
-        <v>190</v>
+        <v>50</v>
       </c>
       <c r="E24" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>190</v>
+        <v>50</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>47</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6">
-        <v>190</v>
+        <v>50</v>
       </c>
       <c r="E25" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>190</v>
+        <v>50</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>49</v>
       </c>
       <c r="C26" s="6">
-        <v>620</v>
+        <v>330</v>
       </c>
       <c r="D26" s="6">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="E26" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>650</v>
+        <v>330</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>51</v>
       </c>
       <c r="C27" s="6">
-        <v>340</v>
+        <v>230</v>
       </c>
       <c r="D27" s="6">
-        <v>160</v>
+        <v>210</v>
       </c>
       <c r="E27" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>500</v>
+        <v>440</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>53</v>
       </c>
       <c r="C28" s="6">
-        <v>340</v>
+        <v>310</v>
       </c>
       <c r="D28" s="6">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="E28" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>380</v>
+        <v>310</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>55</v>
       </c>
       <c r="C29" s="6">
-        <v>320</v>
+        <v>0</v>
       </c>
       <c r="D29" s="6">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="E29" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>520</v>
+        <v>180</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>57</v>
       </c>
       <c r="C30" s="6">
-        <v>450</v>
+        <v>290</v>
       </c>
       <c r="D30" s="6">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="E30" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>500</v>
+        <v>320</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>59</v>
       </c>
       <c r="C31" s="6">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="D31" s="6">
-        <v>300</v>
+        <v>260</v>
       </c>
       <c r="E31" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>300</v>
+        <v>410</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>61</v>
       </c>
       <c r="C32" s="6">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="D32" s="6">
-        <v>300</v>
+        <v>260</v>
       </c>
       <c r="E32" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>300</v>
+        <v>410</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K26"/>
+  <dimension ref="A1:K25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="20.62074851989746" customWidth="1"/>
     <col min="4" max="4" width="33.46022033691406" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>178.02</v>
+        <v>91.32</v>
       </c>
       <c r="D3" s="4">
-        <v>178.02</v>
+        <v>91.32</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>356.04</v>
+        <v>182.64</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-66.52</v>
+        <v>-33.74</v>
       </c>
       <c r="D4" s="4">
-        <v>-66.52</v>
+        <v>-33.74</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-133.04</v>
+        <v>-67.48</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B6" s="4">
@@ -1329,646 +1329,609 @@
       <c r="A7" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>111.5</v>
+        <v>57.58</v>
       </c>
       <c r="D8" s="4">
-        <v>111.5</v>
+        <v>57.58</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>223</v>
+        <v>115.16</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>111.5</v>
+        <v>57.58</v>
       </c>
       <c r="D11" s="4">
-        <v>111.5</v>
+        <v>57.58</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>223</v>
+        <v>115.16</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>111.5</v>
+        <v>57.58</v>
       </c>
       <c r="D13" s="4">
-        <v>111.5</v>
+        <v>57.58</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>223</v>
+        <v>115.16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>83</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F17" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>230</v>
+        <v>160</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>230</v>
+        <v>160</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.057356608478803</v>
+        <v>0.07766990291262135</v>
       </c>
       <c r="K17" s="10">
-        <v>12.82</v>
+        <v>8.96</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F18" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G18" s="3">
-        <v>0</v>
+        <v>190</v>
       </c>
       <c r="H18" s="3">
-        <v>210</v>
+        <v>140</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>210</v>
+        <v>330</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.05236907730673317</v>
+        <v>0.16019417475728154</v>
       </c>
       <c r="K18" s="10">
-        <v>11.68</v>
+        <v>18.38</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F19" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G19" s="3">
-        <v>390</v>
+        <v>190</v>
       </c>
       <c r="H19" s="3">
-        <v>180</v>
+        <v>140</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>570</v>
+        <v>330</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.14214463840399003</v>
+        <v>0.16019417475728154</v>
       </c>
       <c r="K19" s="10">
-        <v>31.68</v>
+        <v>18.38</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F20" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G20" s="3">
-        <v>390</v>
+        <v>0</v>
       </c>
       <c r="H20" s="3">
-        <v>180</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>570</v>
+        <v>50</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.14214463840399003</v>
+        <v>0.024271844660194174</v>
       </c>
       <c r="K20" s="10">
-        <v>31.68</v>
+        <v>2.94</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F21" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G21" s="3">
         <v>0</v>
       </c>
       <c r="H21" s="3">
-        <v>190</v>
+        <v>50</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>190</v>
+        <v>50</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.04738154613466334</v>
+        <v>0.024271844660194174</v>
       </c>
       <c r="K21" s="10">
-        <v>10.64</v>
+        <v>2.94</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F22" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G22" s="3">
-        <v>0</v>
+        <v>330</v>
       </c>
       <c r="H22" s="3">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>190</v>
+        <v>330</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.04738154613466334</v>
+        <v>0.16019417475728154</v>
       </c>
       <c r="K22" s="10">
-        <v>10.64</v>
+        <v>18.38</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F23" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G23" s="3">
-        <v>620</v>
+        <v>310</v>
       </c>
       <c r="H23" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>650</v>
+        <v>310</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.16209476309226933</v>
+        <v>0.15048543689320387</v>
       </c>
       <c r="K23" s="10">
-        <v>36.16</v>
+        <v>17.3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E24" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F24" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G24" s="3">
-        <v>340</v>
+        <v>0</v>
       </c>
       <c r="H24" s="3">
-        <v>40</v>
+        <v>180</v>
       </c>
       <c r="I24" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>380</v>
+        <v>180</v>
       </c>
       <c r="J24" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.09476309226932668</v>
+        <v>0.08737864077669903</v>
       </c>
       <c r="K24" s="10">
-        <v>21.1</v>
+        <v>10.12</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E25" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F25" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G25" s="3">
+        <v>290</v>
+      </c>
+      <c r="H25" s="3">
+        <v>30</v>
+      </c>
+      <c r="I25" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
         <v>320</v>
-      </c>
-[...5 lines deleted...]
-        <v>520</v>
       </c>
       <c r="J25" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.12967581047381546</v>
+        <v>0.1553398058252427</v>
       </c>
       <c r="K25" s="10">
-        <v>28.74</v>
-[...36 lines deleted...]
-        <v>27.86</v>
+        <v>17.76</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K17"/>
+  <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
-    <col min="3" max="3" width="17.907581329345703" customWidth="1"/>
-    <col min="4" max="4" width="32.70621871948242" customWidth="1"/>
+    <col min="3" max="3" width="23.132373809814453" customWidth="1"/>
+    <col min="4" max="4" width="34.03416061401367" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>13.88</v>
+        <v>7.91</v>
       </c>
       <c r="D3" s="4">
-        <v>13.88</v>
+        <v>7.91</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>27.76</v>
+        <v>15.82</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-4.87</v>
+        <v>-2.75</v>
       </c>
       <c r="D4" s="4">
-        <v>-4.87</v>
+        <v>-2.75</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-9.74</v>
+        <v>-5.5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B6" s="4">
@@ -1989,148 +1952,148 @@
       <c r="A7" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>9.01</v>
+        <v>5.16</v>
       </c>
       <c r="D8" s="4">
-        <v>9.01</v>
+        <v>5.16</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>18.02</v>
+        <v>10.32</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>9.01</v>
+        <v>5.16</v>
       </c>
       <c r="D11" s="4">
-        <v>9.01</v>
+        <v>5.16</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>18.02</v>
+        <v>10.32</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>9.01</v>
+        <v>5.16</v>
       </c>
       <c r="D13" s="4">
-        <v>9.01</v>
+        <v>5.16</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>18.02</v>
+        <v>10.32</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -2143,71 +2106,108 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>83</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F17" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>300</v>
+        <v>150</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>1</v>
+        <v>0.8823529411764706</v>
       </c>
       <c r="K17" s="10">
-        <v>18.02</v>
+        <v>8.98</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="D18" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="E18" s="2">
+        <v>91.72</v>
+      </c>
+      <c r="F18" s="2">
+        <v>59.151397</v>
+      </c>
+      <c r="G18" s="3">
+        <v>0</v>
+      </c>
+      <c r="H18" s="3">
+        <v>20</v>
+      </c>
+      <c r="I18" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>20</v>
+      </c>
+      <c r="J18" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.11764705882352941</v>
+      </c>
+      <c r="K18" s="10">
+        <v>1.34</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="15.917717933654785" customWidth="1"/>
     <col min="4" max="4" width="33.192176818847656" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
@@ -2226,76 +2226,76 @@
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>15.4</v>
+        <v>4.52</v>
       </c>
       <c r="D3" s="4">
-        <v>15.4</v>
+        <v>4.52</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>30.8</v>
+        <v>9.04</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-6.6</v>
+        <v>-1.9</v>
       </c>
       <c r="D4" s="4">
-        <v>-6.6</v>
+        <v>-1.9</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-13.2</v>
+        <v>-3.8</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B6" s="4">
@@ -2316,148 +2316,148 @@
       <c r="A7" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>8.8</v>
+        <v>2.62</v>
       </c>
       <c r="D8" s="4">
-        <v>8.8</v>
+        <v>2.62</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>17.6</v>
+        <v>5.24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>8.8</v>
+        <v>2.62</v>
       </c>
       <c r="D11" s="4">
-        <v>8.8</v>
+        <v>2.62</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>17.6</v>
+        <v>5.24</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>8.8</v>
+        <v>2.62</v>
       </c>
       <c r="D13" s="4">
-        <v>8.8</v>
+        <v>2.62</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>17.6</v>
+        <v>5.24</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -2470,108 +2470,108 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>83</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E17" s="2">
-        <v>82.67</v>
+        <v>80.97</v>
       </c>
       <c r="F17" s="2">
-        <v>46.92001</v>
+        <v>45.512031</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>180</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>180</v>
+        <v>50</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.4864864864864865</v>
+        <v>0.4545454545454546</v>
       </c>
       <c r="K17" s="10">
-        <v>8.54</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E18" s="2">
-        <v>82.67</v>
+        <v>80.97</v>
       </c>
       <c r="F18" s="2">
-        <v>46.92001</v>
+        <v>45.512031</v>
       </c>
       <c r="G18" s="3">
         <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>190</v>
+        <v>60</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>190</v>
+        <v>60</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.5135135135135135</v>
+        <v>0.5454545454545454</v>
       </c>
       <c r="K18" s="10">
-        <v>9.06</v>
+        <v>2.84</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="18.20836067199707" customWidth="1"/>
     <col min="4" max="4" width="33.435665130615234" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
@@ -2590,76 +2590,76 @@
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>47.73</v>
+        <v>54.26</v>
       </c>
       <c r="D3" s="4">
-        <v>47.73</v>
+        <v>54.26</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>95.46</v>
+        <v>108.52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-19.06</v>
+        <v>-21.82</v>
       </c>
       <c r="D4" s="4">
-        <v>-19.06</v>
+        <v>-21.82</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-38.12</v>
+        <v>-43.64</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B6" s="4">
@@ -2680,148 +2680,148 @@
       <c r="A7" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>28.67</v>
+        <v>32.44</v>
       </c>
       <c r="D8" s="4">
-        <v>28.67</v>
+        <v>32.44</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>57.34</v>
+        <v>64.88</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>28.67</v>
+        <v>32.44</v>
       </c>
       <c r="D11" s="4">
-        <v>28.67</v>
+        <v>32.44</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>57.34</v>
+        <v>64.88</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>28.67</v>
+        <v>32.44</v>
       </c>
       <c r="D13" s="4">
-        <v>28.67</v>
+        <v>32.44</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>57.34</v>
+        <v>64.88</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -2834,130 +2834,130 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>83</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E17" s="2">
-        <v>86.27</v>
+        <v>86.07</v>
       </c>
       <c r="F17" s="2">
-        <v>51.588007</v>
+        <v>51.348421</v>
       </c>
       <c r="G17" s="3">
-        <v>340</v>
+        <v>230</v>
       </c>
       <c r="H17" s="3">
-        <v>160</v>
+        <v>210</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>500</v>
+        <v>440</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.4545454545454546</v>
+        <v>0.3492063492063492</v>
       </c>
       <c r="K17" s="10">
-        <v>25.98</v>
+        <v>22.6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E18" s="2">
-        <v>86.27</v>
+        <v>86.07</v>
       </c>
       <c r="F18" s="2">
-        <v>51.588007</v>
+        <v>51.348421</v>
       </c>
       <c r="G18" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="H18" s="3">
-        <v>300</v>
+        <v>260</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>300</v>
+        <v>410</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.2727272727272727</v>
+        <v>0.3253968253968254</v>
       </c>
       <c r="K18" s="10">
-        <v>15.68</v>
+        <v>21.14</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E19" s="2">
-        <v>86.27</v>
+        <v>86.07</v>
       </c>
       <c r="F19" s="2">
-        <v>51.588007</v>
+        <v>51.348421</v>
       </c>
       <c r="G19" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="H19" s="3">
-        <v>300</v>
+        <v>260</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>300</v>
+        <v>410</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.2727272727272727</v>
+        <v>0.3253968253968254</v>
       </c>
       <c r="K19" s="10">
-        <v>15.68</v>
+        <v>21.14</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>