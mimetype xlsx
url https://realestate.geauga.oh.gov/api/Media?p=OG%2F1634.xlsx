--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -21,69 +21,69 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId2"/>
     <sheet name="16-HUNTSBURG TWP-CARDINAL LSD" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <si>
     <t>Oil and Gas Company #1634</t>
   </si>
   <si>
     <t>NORTHWOOD ENERGY CORP</t>
   </si>
   <si>
     <t>Date Generated:</t>
   </si>
   <si>
-    <t>02/03/2025</t>
+    <t>01/08/2026</t>
   </si>
   <si>
     <t>941 CHATHAM LANE, SUITE 100</t>
   </si>
   <si>
     <t>Tax Year:</t>
   </si>
   <si>
-    <t>2024</t>
+    <t>2025</t>
   </si>
   <si>
     <t>COLUMBUS, OH 43221</t>
   </si>
   <si>
     <t>Due Date:</t>
   </si>
   <si>
-    <t>02/26/2025</t>
+    <t>02/18/2026</t>
   </si>
   <si>
     <t>District Summary</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Full Rate</t>
   </si>
   <si>
     <t>Effective Rate</t>
   </si>
   <si>
     <t>Oil Value</t>
   </si>
   <si>
     <t>Gas Value</t>
   </si>
   <si>
     <t>Total Value</t>
   </si>
   <si>
     <t>Prior Due</t>
   </si>
@@ -447,165 +447,165 @@
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="C9" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="D9" s="3">
-        <v>1510</v>
+        <v>970</v>
       </c>
       <c r="E9" s="3">
-        <v>400</v>
+        <v>380</v>
       </c>
       <c r="F9" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1910</v>
+        <v>1350</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
-        <v>53.02</v>
+        <v>37.61</v>
       </c>
       <c r="I9" s="4">
-        <v>53.02</v>
+        <v>37.61</v>
       </c>
       <c r="J9" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>106.04</v>
+        <v>75.22</v>
       </c>
       <c r="K9" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="6">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="D14" s="6">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="E14" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>350</v>
+        <v>90</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="6">
-        <v>670</v>
+        <v>530</v>
       </c>
       <c r="D15" s="6">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="E15" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>770</v>
+        <v>600</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="6">
-        <v>550</v>
+        <v>440</v>
       </c>
       <c r="D16" s="6">
-        <v>240</v>
+        <v>220</v>
       </c>
       <c r="E16" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>790</v>
+        <v>660</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="20.39976692199707" customWidth="1"/>
@@ -627,76 +627,76 @@
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>84.73</v>
+        <v>59.79</v>
       </c>
       <c r="D3" s="4">
-        <v>84.73</v>
+        <v>59.79</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>169.46</v>
+        <v>119.58</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-31.71</v>
+        <v>-22.18</v>
       </c>
       <c r="D4" s="4">
-        <v>-31.71</v>
+        <v>-22.18</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-63.42</v>
+        <v>-44.36</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B6" s="4">
@@ -717,148 +717,148 @@
       <c r="A7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>53.02</v>
+        <v>37.61</v>
       </c>
       <c r="D8" s="4">
-        <v>53.02</v>
+        <v>37.61</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>106.04</v>
+        <v>75.22</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>53.02</v>
+        <v>37.61</v>
       </c>
       <c r="D11" s="4">
-        <v>53.02</v>
+        <v>37.61</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>106.04</v>
+        <v>75.22</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>53.02</v>
+        <v>37.61</v>
       </c>
       <c r="D13" s="4">
-        <v>53.02</v>
+        <v>37.61</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>106.04</v>
+        <v>75.22</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -871,130 +871,130 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>54</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F17" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G17" s="3">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>350</v>
+        <v>90</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.18324607329842932</v>
+        <v>0.06666666666666667</v>
       </c>
       <c r="K17" s="10">
-        <v>19.48</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F18" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G18" s="3">
-        <v>670</v>
+        <v>530</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>770</v>
+        <v>600</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.4031413612565445</v>
+        <v>0.4444444444444444</v>
       </c>
       <c r="K18" s="10">
-        <v>42.72</v>
+        <v>33.36</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F19" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G19" s="3">
-        <v>550</v>
+        <v>440</v>
       </c>
       <c r="H19" s="3">
-        <v>240</v>
+        <v>220</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>790</v>
+        <v>660</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.4136125654450262</v>
+        <v>0.48888888888888893</v>
       </c>
       <c r="K19" s="10">
-        <v>43.84</v>
+        <v>36.78</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>