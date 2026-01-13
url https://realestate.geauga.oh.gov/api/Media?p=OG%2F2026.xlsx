--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -17,137 +17,137 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId2"/>
     <sheet name="01-AUBURN TWP-KENSTON LSD" sheetId="2" r:id="rId3"/>
     <sheet name="02-BAINBRIDGE TWP-KENSTON LSD" sheetId="3" r:id="rId4"/>
-    <sheet name="11-CHESTER TWP-W GEAUGA LSD" sheetId="4" r:id="rId5"/>
-    <sheet name="18-MIDDLEFIELD TWP-CARDINAL LS" sheetId="5" r:id="rId6"/>
+    <sheet name="11-CHESTER TWP-WEST GEAUGA LSD" sheetId="4" r:id="rId5"/>
+    <sheet name="18-MIDDLEFIELD TWP-CARDINAL LSD" sheetId="5" r:id="rId6"/>
     <sheet name="25-PARKMAN TWP-CARDINAL LSD" sheetId="6" r:id="rId7"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
   <si>
     <t>Oil and Gas Company #2026</t>
   </si>
   <si>
     <t>SUMMIT PETROLEUM INC</t>
   </si>
   <si>
     <t>Date Generated:</t>
   </si>
   <si>
-    <t>02/03/2025</t>
+    <t>01/08/2026</t>
   </si>
   <si>
     <t>9345 RAVENNA RD UNIT A</t>
   </si>
   <si>
     <t>Tax Year:</t>
   </si>
   <si>
-    <t>2024</t>
+    <t>2025</t>
   </si>
   <si>
     <t>TWINSBURG, OH 44087</t>
   </si>
   <si>
     <t>Due Date:</t>
   </si>
   <si>
-    <t>02/26/2025</t>
+    <t>02/18/2026</t>
   </si>
   <si>
     <t>District Summary</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Full Rate</t>
   </si>
   <si>
     <t>Effective Rate</t>
   </si>
   <si>
     <t>Oil Value</t>
   </si>
   <si>
     <t>Gas Value</t>
   </si>
   <si>
     <t>Total Value</t>
   </si>
   <si>
     <t>Prior Due</t>
   </si>
   <si>
     <t>Half Due</t>
   </si>
   <si>
     <t>Full Due</t>
   </si>
   <si>
     <t>Total Due</t>
   </si>
   <si>
     <t>Permit Count</t>
   </si>
   <si>
     <t>01-AUBURN TWP-KENSTON LSD</t>
   </si>
   <si>
     <t>02-BAINBRIDGE TWP-KENSTON LSD</t>
   </si>
   <si>
-    <t>11-CHESTER TWP-W GEAUGA LSD</t>
-[...2 lines deleted...]
-    <t>18-MIDDLEFIELD TWP-CARDINAL LS</t>
+    <t>11-CHESTER TWP-WEST GEAUGA LSD</t>
+  </si>
+  <si>
+    <t>18-MIDDLEFIELD TWP-CARDINAL LSD</t>
   </si>
   <si>
     <t>25-PARKMAN TWP-CARDINAL LSD</t>
   </si>
   <si>
     <t>Permit Summary</t>
   </si>
   <si>
     <t>Permit</t>
   </si>
   <si>
     <t>WellName</t>
   </si>
   <si>
     <t>Districts</t>
   </si>
   <si>
     <t>34055200700000</t>
   </si>
   <si>
     <t xml:space="preserve">MARCYE.W.     1</t>
   </si>
   <si>
     <t>34055200740000</t>
   </si>
@@ -209,56 +209,50 @@
     <t>YODER # RM 1</t>
   </si>
   <si>
     <t>34055208180000</t>
   </si>
   <si>
     <t>DETWEILER # HG1</t>
   </si>
   <si>
     <t>34055208250000</t>
   </si>
   <si>
     <t>SHROCK # 1</t>
   </si>
   <si>
     <t>34055210010000</t>
   </si>
   <si>
     <t>DETWEITER # 2</t>
   </si>
   <si>
     <t>34055212290000</t>
   </si>
   <si>
     <t>MILLER # 2</t>
-  </si>
-[...4 lines deleted...]
-    <t>GOODMAN # 1</t>
   </si>
   <si>
     <t>34055216590000</t>
   </si>
   <si>
     <t>EAST BRANCH FARMS UNIT # 1</t>
   </si>
   <si>
     <t>34055216640000</t>
   </si>
   <si>
     <t>EAST BRANCH FARMS UNIT # 2</t>
   </si>
   <si>
     <t>34055216670000</t>
   </si>
   <si>
     <t>KOLSOM # 1</t>
   </si>
   <si>
     <t>34055216860000</t>
   </si>
   <si>
     <t>COOPER UNIT # 1</t>
   </si>
@@ -551,52 +545,52 @@
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table12.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="12" name="TaxTable_25" displayName="TaxTable_25" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A17:F51" headerRowCount="1">
-  <autoFilter ref="A17:F51"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A17:F50" headerRowCount="1">
+  <autoFilter ref="A17:F50"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Permit"/>
     <tableColumn id="2" name="WellName"/>
     <tableColumn id="3" name="Oil Value"/>
     <tableColumn id="4" name="Gas Value"/>
     <tableColumn id="5" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="6" name="Districts"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="DistrictTable_01" displayName="DistrictTable_01" ref="A16:K24" headerRowCount="1">
   <autoFilter ref="A16:K24"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
@@ -648,52 +642,52 @@
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="6" name="TaxTable_02" displayName="TaxTable_02" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table7.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="7" name="DistrictTable_11" displayName="DistrictTable_11" ref="A16:K27" headerRowCount="1">
-  <autoFilter ref="A16:K27"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="7" name="DistrictTable_11" displayName="DistrictTable_11" ref="A16:K26" headerRowCount="1">
+  <autoFilter ref="A16:K26"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
     <tableColumn id="8" name="Gas Value"/>
     <tableColumn id="9" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="10" name="Percentage of District Value">
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="8" name="TaxTable_11" displayName="TaxTable_11" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
@@ -731,62 +725,62 @@
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K51"/>
+  <dimension ref="A1:K50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="35.84774398803711" customWidth="1"/>
     <col min="2" max="2" width="32.89446258544922" customWidth="1"/>
     <col min="3" max="3" width="15.996493339538574" customWidth="1"/>
     <col min="4" max="4" width="12.350568771362305" customWidth="1"/>
     <col min="5" max="5" width="40" customWidth="1"/>
-    <col min="6" max="6" width="32.70621871948242" customWidth="1"/>
+    <col min="6" max="6" width="34.19375991821289" customWidth="1"/>
     <col min="7" max="7" width="11.938273429870605" customWidth="1"/>
     <col min="8" max="8" width="11.218035697937012" customWidth="1"/>
     <col min="9" max="9" width="10.801648139953613" customWidth="1"/>
     <col min="10" max="10" width="12.127540588378906" customWidth="1"/>
     <col min="11" max="11" width="15.31336498260498" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
@@ -833,3660 +827,3602 @@
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2">
-        <v>121.55</v>
+        <v>121.53</v>
       </c>
       <c r="C9" s="2">
-        <v>72.230504</v>
+        <v>72.333483</v>
       </c>
       <c r="D9" s="3">
-        <v>2430</v>
+        <v>3100</v>
       </c>
       <c r="E9" s="3">
-        <v>2110</v>
+        <v>1870</v>
       </c>
       <c r="F9" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>4540</v>
+        <v>4970</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
-        <v>164.29</v>
+        <v>180.15</v>
       </c>
       <c r="I9" s="4">
-        <v>164.29</v>
+        <v>180.15</v>
       </c>
       <c r="J9" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>328.58</v>
+        <v>360.3</v>
       </c>
       <c r="K9" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="2">
-        <v>138.43</v>
+        <v>138.93</v>
       </c>
       <c r="C10" s="2">
-        <v>80.499872</v>
+        <v>81.086808</v>
       </c>
       <c r="D10" s="3">
-        <v>900</v>
+        <v>1190</v>
       </c>
       <c r="E10" s="3">
-        <v>11530</v>
+        <v>8320</v>
       </c>
       <c r="F10" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>12430</v>
+        <v>9510</v>
       </c>
       <c r="G10" s="4">
         <v>0</v>
       </c>
       <c r="H10" s="4">
-        <v>500.64</v>
+        <v>385.89</v>
       </c>
       <c r="I10" s="4">
-        <v>500.64</v>
+        <v>385.89</v>
       </c>
       <c r="J10" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>1001.28</v>
+        <v>771.78</v>
       </c>
       <c r="K10" s="0">
         <v>7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="C11" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="D11" s="3">
-        <v>2200</v>
+        <v>0</v>
       </c>
       <c r="E11" s="3">
-        <v>12610</v>
+        <v>7910</v>
       </c>
       <c r="F11" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>14810</v>
+        <v>7910</v>
       </c>
       <c r="G11" s="4">
         <v>0</v>
       </c>
       <c r="H11" s="4">
-        <v>405.66</v>
+        <v>225.36</v>
       </c>
       <c r="I11" s="4">
-        <v>405.66</v>
+        <v>225.36</v>
       </c>
       <c r="J11" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>811.32</v>
+        <v>450.72</v>
       </c>
       <c r="K11" s="0">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="C12" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="D12" s="3">
-        <v>2550</v>
+        <v>2690</v>
       </c>
       <c r="E12" s="3">
-        <v>1630</v>
+        <v>1610</v>
       </c>
       <c r="F12" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>4180</v>
+        <v>4300</v>
       </c>
       <c r="G12" s="4">
         <v>0</v>
       </c>
       <c r="H12" s="4">
-        <v>124.3</v>
+        <v>127.38</v>
       </c>
       <c r="I12" s="4">
-        <v>124.3</v>
+        <v>127.38</v>
       </c>
       <c r="J12" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>248.6</v>
+        <v>254.76</v>
       </c>
       <c r="K12" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="C13" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="D13" s="3">
-        <v>3590</v>
+        <v>2950</v>
       </c>
       <c r="E13" s="3">
-        <v>140</v>
+        <v>330</v>
       </c>
       <c r="F13" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>3730</v>
+        <v>3280</v>
       </c>
       <c r="G13" s="4">
         <v>0</v>
       </c>
       <c r="H13" s="4">
-        <v>103.37</v>
+        <v>90.54</v>
       </c>
       <c r="I13" s="4">
-        <v>103.37</v>
+        <v>90.54</v>
       </c>
       <c r="J13" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>206.74</v>
+        <v>181.08</v>
       </c>
       <c r="K13" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C18" s="6">
-        <v>380</v>
+        <v>200</v>
       </c>
       <c r="D18" s="6">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="E18" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>440</v>
+        <v>300</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C19" s="6">
-        <v>320</v>
+        <v>220</v>
       </c>
       <c r="D19" s="6">
-        <v>370</v>
+        <v>190</v>
       </c>
       <c r="E19" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>690</v>
+        <v>410</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C20" s="6">
-        <v>220</v>
+        <v>270</v>
       </c>
       <c r="D20" s="6">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="E20" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>420</v>
+        <v>480</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>38</v>
       </c>
       <c r="C21" s="6">
-        <v>330</v>
+        <v>420</v>
       </c>
       <c r="D21" s="6">
-        <v>350</v>
+        <v>430</v>
       </c>
       <c r="E21" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>680</v>
+        <v>850</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="6">
-        <v>0</v>
+        <v>260</v>
       </c>
       <c r="D22" s="6">
-        <v>620</v>
+        <v>580</v>
       </c>
       <c r="E22" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>620</v>
+        <v>840</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C23" s="6">
-        <v>320</v>
+        <v>830</v>
       </c>
       <c r="D23" s="6">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="E23" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>350</v>
+        <v>850</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C24" s="6">
-        <v>860</v>
+        <v>720</v>
       </c>
       <c r="D24" s="6">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="E24" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>970</v>
+        <v>820</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>46</v>
       </c>
       <c r="C25" s="6">
-        <v>0</v>
+        <v>180</v>
       </c>
       <c r="D25" s="6">
-        <v>370</v>
+        <v>240</v>
       </c>
       <c r="E25" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>370</v>
+        <v>420</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C26" s="6">
-        <v>460</v>
+        <v>280</v>
       </c>
       <c r="D26" s="6">
-        <v>370</v>
+        <v>340</v>
       </c>
       <c r="E26" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>830</v>
+        <v>620</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>50</v>
       </c>
       <c r="C27" s="6">
         <v>0</v>
       </c>
       <c r="D27" s="6">
-        <v>1640</v>
+        <v>1280</v>
       </c>
       <c r="E27" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1640</v>
+        <v>1280</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>52</v>
       </c>
       <c r="C28" s="6">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="D28" s="6">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="E28" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>410</v>
+        <v>380</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>54</v>
       </c>
       <c r="C29" s="6">
-        <v>330</v>
+        <v>500</v>
       </c>
       <c r="D29" s="6">
-        <v>330</v>
+        <v>300</v>
       </c>
       <c r="E29" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>660</v>
+        <v>800</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>55</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="6">
-        <v>260</v>
+        <v>360</v>
       </c>
       <c r="D30" s="6">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="E30" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>330</v>
+        <v>420</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>57</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>58</v>
       </c>
       <c r="C31" s="6">
-        <v>330</v>
+        <v>500</v>
       </c>
       <c r="D31" s="6">
-        <v>330</v>
+        <v>300</v>
       </c>
       <c r="E31" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>660</v>
+        <v>800</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>60</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6">
-        <v>510</v>
+        <v>560</v>
       </c>
       <c r="E32" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>510</v>
+        <v>560</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
         <v>61</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>62</v>
       </c>
       <c r="C33" s="6">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="D33" s="6">
-        <v>1460</v>
+        <v>70</v>
       </c>
       <c r="E33" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1860</v>
+        <v>70</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>63</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>64</v>
       </c>
       <c r="C34" s="6">
         <v>0</v>
       </c>
       <c r="D34" s="6">
-        <v>130</v>
+        <v>70</v>
       </c>
       <c r="E34" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>130</v>
+        <v>70</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
         <v>65</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>66</v>
       </c>
       <c r="C35" s="6">
         <v>0</v>
       </c>
       <c r="D35" s="6">
-        <v>140</v>
+        <v>1620</v>
       </c>
       <c r="E35" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>140</v>
+        <v>1620</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
         <v>67</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>68</v>
       </c>
       <c r="C36" s="6">
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="D36" s="6">
-        <v>2000</v>
+        <v>170</v>
       </c>
       <c r="E36" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2180</v>
+        <v>170</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
         <v>69</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>70</v>
       </c>
       <c r="C37" s="6">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="D37" s="6">
-        <v>150</v>
+        <v>580</v>
       </c>
       <c r="E37" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>400</v>
+        <v>580</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
         <v>71</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>72</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6">
-        <v>1370</v>
+        <v>160</v>
       </c>
       <c r="E38" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1370</v>
+        <v>160</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
         <v>73</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>74</v>
       </c>
       <c r="C39" s="6">
         <v>0</v>
       </c>
       <c r="D39" s="6">
-        <v>330</v>
+        <v>60</v>
       </c>
       <c r="E39" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>330</v>
+        <v>60</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
         <v>75</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>76</v>
       </c>
       <c r="C40" s="6">
-        <v>0</v>
+        <v>1560</v>
       </c>
       <c r="D40" s="6">
-        <v>80</v>
+        <v>160</v>
       </c>
       <c r="E40" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>80</v>
+        <v>1720</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>77</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>78</v>
       </c>
       <c r="C41" s="6">
-        <v>1900</v>
+        <v>1390</v>
       </c>
       <c r="D41" s="6">
-        <v>80</v>
+        <v>170</v>
       </c>
       <c r="E41" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1980</v>
+        <v>1560</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>79</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>80</v>
       </c>
       <c r="C42" s="6">
-        <v>1690</v>
+        <v>650</v>
       </c>
       <c r="D42" s="6">
-        <v>60</v>
+        <v>1420</v>
       </c>
       <c r="E42" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1750</v>
+        <v>2070</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
         <v>81</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>82</v>
       </c>
       <c r="C43" s="6">
-        <v>440</v>
+        <v>260</v>
       </c>
       <c r="D43" s="6">
-        <v>1660</v>
+        <v>620</v>
       </c>
       <c r="E43" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2100</v>
+        <v>880</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>84</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6">
-        <v>1530</v>
+        <v>1900</v>
       </c>
       <c r="E44" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1530</v>
+        <v>1900</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
         <v>85</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>86</v>
       </c>
       <c r="C45" s="6">
-        <v>0</v>
+        <v>1070</v>
       </c>
       <c r="D45" s="6">
-        <v>3290</v>
+        <v>270</v>
       </c>
       <c r="E45" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>3290</v>
+        <v>1340</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
         <v>87</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>88</v>
       </c>
       <c r="C46" s="6">
-        <v>1360</v>
+        <v>0</v>
       </c>
       <c r="D46" s="6">
-        <v>250</v>
+        <v>4310</v>
       </c>
       <c r="E46" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1610</v>
+        <v>4310</v>
       </c>
       <c r="F46" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>90</v>
       </c>
       <c r="C47" s="6">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="D47" s="6">
-        <v>5030</v>
+        <v>240</v>
       </c>
       <c r="E47" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5320</v>
+        <v>240</v>
       </c>
       <c r="F47" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
         <v>91</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>92</v>
       </c>
       <c r="C48" s="6">
-        <v>550</v>
+        <v>0</v>
       </c>
       <c r="D48" s="6">
-        <v>360</v>
+        <v>630</v>
       </c>
       <c r="E48" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>910</v>
+        <v>630</v>
       </c>
       <c r="F48" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>94</v>
       </c>
       <c r="C49" s="6">
-        <v>530</v>
+        <v>0</v>
       </c>
       <c r="D49" s="6">
-        <v>1560</v>
+        <v>580</v>
       </c>
       <c r="E49" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2090</v>
+        <v>580</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
         <v>95</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>96</v>
       </c>
       <c r="C50" s="6">
         <v>0</v>
       </c>
       <c r="D50" s="6">
-        <v>660</v>
+        <v>2180</v>
       </c>
       <c r="E50" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>660</v>
+        <v>2180</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>23</v>
-[...19 lines deleted...]
-      <c r="F51" s="5" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="19.666229248046875" customWidth="1"/>
     <col min="4" max="4" width="29.401718139648438" customWidth="1"/>
     <col min="5" max="5" width="11.8009033203125" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="B2" s="0" t="s">
+      <c r="D2" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="C2" s="0" t="s">
+      <c r="E2" s="0" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>276.24</v>
+        <v>302.39</v>
       </c>
       <c r="D3" s="4">
-        <v>276.24</v>
+        <v>302.39</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>552.48</v>
+        <v>604.78</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-111.95</v>
+        <v>-122.24</v>
       </c>
       <c r="D4" s="4">
-        <v>-111.95</v>
+        <v>-122.24</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-223.9</v>
+        <v>-244.48</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>164.29</v>
+        <v>180.15</v>
       </c>
       <c r="D8" s="4">
-        <v>164.29</v>
+        <v>180.15</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>328.58</v>
+        <v>360.3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>164.29</v>
+        <v>180.15</v>
       </c>
       <c r="D11" s="4">
-        <v>164.29</v>
+        <v>180.15</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>328.58</v>
+        <v>360.3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>164.29</v>
+        <v>180.15</v>
       </c>
       <c r="D13" s="4">
-        <v>164.29</v>
+        <v>180.15</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>328.58</v>
+        <v>360.3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="2">
-        <v>121.55</v>
+        <v>121.53</v>
       </c>
       <c r="F17" s="2">
-        <v>72.230504</v>
+        <v>72.333483</v>
       </c>
       <c r="G17" s="3">
-        <v>380</v>
+        <v>200</v>
       </c>
       <c r="H17" s="3">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>440</v>
+        <v>300</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.09691629955947137</v>
+        <v>0.06036217303822938</v>
       </c>
       <c r="K17" s="10">
-        <v>31.82</v>
+        <v>21.88</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="2">
-        <v>121.55</v>
+        <v>121.53</v>
       </c>
       <c r="F18" s="2">
-        <v>72.230504</v>
+        <v>72.333483</v>
       </c>
       <c r="G18" s="3">
-        <v>320</v>
+        <v>220</v>
       </c>
       <c r="H18" s="3">
-        <v>370</v>
+        <v>190</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>690</v>
+        <v>410</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.15198237885462554</v>
+        <v>0.0824949698189135</v>
       </c>
       <c r="K18" s="10">
-        <v>49.9</v>
+        <v>29.72</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="2">
-        <v>121.55</v>
+        <v>121.53</v>
       </c>
       <c r="F19" s="2">
-        <v>72.230504</v>
+        <v>72.333483</v>
       </c>
       <c r="G19" s="3">
-        <v>220</v>
+        <v>270</v>
       </c>
       <c r="H19" s="3">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>420</v>
+        <v>480</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.09251101321585904</v>
+        <v>0.096579476861167</v>
       </c>
       <c r="K19" s="10">
-        <v>30.44</v>
+        <v>34.7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="2">
-        <v>121.55</v>
+        <v>121.53</v>
       </c>
       <c r="F20" s="2">
-        <v>72.230504</v>
+        <v>72.333483</v>
       </c>
       <c r="G20" s="3">
-        <v>330</v>
+        <v>420</v>
       </c>
       <c r="H20" s="3">
-        <v>350</v>
+        <v>430</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>680</v>
+        <v>850</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.14977973568281938</v>
+        <v>0.1710261569416499</v>
       </c>
       <c r="K20" s="10">
-        <v>49.16</v>
+        <v>61.6</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="2">
-        <v>121.55</v>
+        <v>121.53</v>
       </c>
       <c r="F21" s="2">
-        <v>72.230504</v>
+        <v>72.333483</v>
       </c>
       <c r="G21" s="3">
-        <v>0</v>
+        <v>260</v>
       </c>
       <c r="H21" s="3">
-        <v>620</v>
+        <v>580</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>620</v>
+        <v>840</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.13656387665198239</v>
+        <v>0.16901408450704225</v>
       </c>
       <c r="K21" s="10">
-        <v>44.88</v>
+        <v>60.8</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="2">
-        <v>121.55</v>
+        <v>121.53</v>
       </c>
       <c r="F22" s="2">
-        <v>72.230504</v>
+        <v>72.333483</v>
       </c>
       <c r="G22" s="3">
-        <v>320</v>
+        <v>830</v>
       </c>
       <c r="H22" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>350</v>
+        <v>850</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.07709251101321586</v>
+        <v>0.1710261569416499</v>
       </c>
       <c r="K22" s="10">
-        <v>25.32</v>
+        <v>61.6</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="2">
-        <v>121.55</v>
+        <v>121.53</v>
       </c>
       <c r="F23" s="2">
-        <v>72.230504</v>
+        <v>72.333483</v>
       </c>
       <c r="G23" s="3">
-        <v>860</v>
+        <v>720</v>
       </c>
       <c r="H23" s="3">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>970</v>
+        <v>820</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.21365638766519826</v>
+        <v>0.164989939637827</v>
       </c>
       <c r="K23" s="10">
-        <v>70.24</v>
+        <v>59.48</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E24" s="2">
-        <v>121.55</v>
+        <v>121.53</v>
       </c>
       <c r="F24" s="2">
-        <v>72.230504</v>
+        <v>72.333483</v>
       </c>
       <c r="G24" s="3">
-        <v>0</v>
+        <v>180</v>
       </c>
       <c r="H24" s="3">
-        <v>370</v>
+        <v>240</v>
       </c>
       <c r="I24" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>370</v>
+        <v>420</v>
       </c>
       <c r="J24" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0814977973568282</v>
+        <v>0.08450704225352113</v>
       </c>
       <c r="K24" s="10">
-        <v>26.82</v>
+        <v>30.52</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="30.860610961914062" customWidth="1"/>
     <col min="4" max="4" width="32.63665008544922" customWidth="1"/>
     <col min="5" max="5" width="11.8009033203125" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="B2" s="0" t="s">
+      <c r="D2" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="C2" s="0" t="s">
+      <c r="E2" s="0" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>860.68</v>
+        <v>660.99</v>
       </c>
       <c r="D3" s="4">
-        <v>860.68</v>
+        <v>660.99</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1721.36</v>
+        <v>1321.98</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-360.04</v>
+        <v>-275.1</v>
       </c>
       <c r="D4" s="4">
-        <v>-360.04</v>
+        <v>-275.1</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-720.08</v>
+        <v>-550.2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>500.64</v>
+        <v>385.89</v>
       </c>
       <c r="D8" s="4">
-        <v>500.64</v>
+        <v>385.89</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1001.28</v>
+        <v>771.78</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>500.64</v>
+        <v>385.89</v>
       </c>
       <c r="D11" s="4">
-        <v>500.64</v>
+        <v>385.89</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1001.28</v>
+        <v>771.78</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>500.64</v>
+        <v>385.89</v>
       </c>
       <c r="D13" s="4">
-        <v>500.64</v>
+        <v>385.89</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1001.28</v>
+        <v>771.78</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="2">
-        <v>138.43</v>
+        <v>138.93</v>
       </c>
       <c r="F17" s="2">
-        <v>80.499872</v>
+        <v>81.086808</v>
       </c>
       <c r="G17" s="3">
-        <v>460</v>
+        <v>280</v>
       </c>
       <c r="H17" s="3">
-        <v>370</v>
+        <v>340</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>830</v>
+        <v>620</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0667739340305712</v>
+        <v>0.06519453207150369</v>
       </c>
       <c r="K17" s="10">
-        <v>66.88</v>
+        <v>50.42</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E18" s="2">
-        <v>138.43</v>
+        <v>138.93</v>
       </c>
       <c r="F18" s="2">
-        <v>80.499872</v>
+        <v>81.086808</v>
       </c>
       <c r="G18" s="3">
         <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>1640</v>
+        <v>1280</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1640</v>
+        <v>1280</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.13193885760257443</v>
+        <v>0.13459516298633017</v>
       </c>
       <c r="K18" s="10">
-        <v>132.02</v>
+        <v>103.72</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E19" s="2">
-        <v>138.43</v>
+        <v>138.93</v>
       </c>
       <c r="F19" s="2">
-        <v>80.499872</v>
+        <v>81.086808</v>
       </c>
       <c r="G19" s="3">
-        <v>440</v>
+        <v>650</v>
       </c>
       <c r="H19" s="3">
-        <v>1660</v>
+        <v>1420</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2100</v>
+        <v>2070</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.16894609814963799</v>
+        <v>0.21766561514195584</v>
       </c>
       <c r="K19" s="10">
-        <v>169.3</v>
+        <v>167.88</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E20" s="2">
-        <v>138.43</v>
+        <v>138.93</v>
       </c>
       <c r="F20" s="2">
-        <v>80.499872</v>
+        <v>81.086808</v>
       </c>
       <c r="G20" s="3">
-        <v>0</v>
+        <v>260</v>
       </c>
       <c r="H20" s="3">
-        <v>1530</v>
+        <v>620</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1530</v>
+        <v>880</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.12308930008045053</v>
+        <v>0.092534174553102</v>
       </c>
       <c r="K20" s="10">
-        <v>123.18</v>
+        <v>71.4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E21" s="2">
-        <v>138.43</v>
+        <v>138.93</v>
       </c>
       <c r="F21" s="2">
-        <v>80.499872</v>
+        <v>81.086808</v>
       </c>
       <c r="G21" s="3">
         <v>0</v>
       </c>
       <c r="H21" s="3">
-        <v>3290</v>
+        <v>1900</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>3290</v>
+        <v>1900</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.26468222043443285</v>
+        <v>0.19978969505783387</v>
       </c>
       <c r="K21" s="10">
-        <v>264.9</v>
+        <v>154.28</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E22" s="2">
-        <v>138.43</v>
+        <v>138.93</v>
       </c>
       <c r="F22" s="2">
-        <v>80.499872</v>
+        <v>81.086808</v>
       </c>
       <c r="G22" s="3">
         <v>0</v>
       </c>
       <c r="H22" s="3">
-        <v>660</v>
+        <v>580</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>660</v>
+        <v>580</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.05309734513274337</v>
+        <v>0.060988433228180865</v>
       </c>
       <c r="K22" s="10">
-        <v>53.3</v>
+        <v>47.18</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E23" s="2">
-        <v>138.43</v>
+        <v>138.93</v>
       </c>
       <c r="F23" s="2">
-        <v>80.499872</v>
+        <v>81.086808</v>
       </c>
       <c r="G23" s="3">
         <v>0</v>
       </c>
       <c r="H23" s="3">
-        <v>2380</v>
+        <v>2180</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2380</v>
+        <v>2180</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.19147224456958972</v>
+        <v>0.2292323869610936</v>
       </c>
       <c r="K23" s="10">
-        <v>191.7</v>
+        <v>176.9</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K27"/>
+  <dimension ref="A1:K26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="32.89446258544922" customWidth="1"/>
-    <col min="4" max="4" width="31.096939086914062" customWidth="1"/>
+    <col min="4" max="4" width="34.19375991821289" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="B2" s="0" t="s">
+      <c r="D2" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="C2" s="0" t="s">
+      <c r="E2" s="0" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>641.91</v>
+        <v>351.71</v>
       </c>
       <c r="D3" s="4">
-        <v>641.91</v>
+        <v>351.71</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1283.82</v>
+        <v>703.42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-236.25</v>
+        <v>-126.35</v>
       </c>
       <c r="D4" s="4">
-        <v>-236.25</v>
+        <v>-126.35</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-472.5</v>
+        <v>-252.7</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>405.66</v>
+        <v>225.36</v>
       </c>
       <c r="D8" s="4">
-        <v>405.66</v>
+        <v>225.36</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>811.32</v>
+        <v>450.72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>405.66</v>
+        <v>225.36</v>
       </c>
       <c r="D11" s="4">
-        <v>405.66</v>
+        <v>225.36</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>811.32</v>
+        <v>450.72</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>405.66</v>
+        <v>225.36</v>
       </c>
       <c r="D13" s="4">
-        <v>405.66</v>
+        <v>225.36</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>811.32</v>
+        <v>450.72</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E17" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F17" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G17" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>1460</v>
+        <v>70</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1860</v>
+        <v>70</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.12559081701553004</v>
+        <v>0.008849557522123895</v>
       </c>
       <c r="K17" s="10">
-        <v>101.88</v>
+        <v>4.06</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E18" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F18" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G18" s="3">
         <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>130</v>
+        <v>70</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>130</v>
+        <v>70</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.008777852802160703</v>
+        <v>0.008849557522123895</v>
       </c>
       <c r="K18" s="10">
-        <v>7.26</v>
+        <v>4.06</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E19" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F19" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G19" s="3">
         <v>0</v>
       </c>
       <c r="H19" s="3">
-        <v>140</v>
+        <v>1620</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>140</v>
+        <v>1620</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.009453072248480757</v>
+        <v>0.20480404551201012</v>
       </c>
       <c r="K19" s="10">
-        <v>7.78</v>
+        <v>92.26</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E20" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F20" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G20" s="3">
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="H20" s="3">
-        <v>2000</v>
+        <v>170</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2180</v>
+        <v>170</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.14719783929777178</v>
+        <v>0.021491782553729456</v>
       </c>
       <c r="K20" s="10">
-        <v>119.4</v>
+        <v>9.78</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E21" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F21" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G21" s="3">
-        <v>250</v>
+        <v>0</v>
       </c>
       <c r="H21" s="3">
-        <v>150</v>
+        <v>580</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>400</v>
+        <v>580</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.02700877785280216</v>
+        <v>0.07332490518331226</v>
       </c>
       <c r="K21" s="10">
-        <v>21.9</v>
+        <v>33.06</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E22" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F22" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G22" s="3">
         <v>0</v>
       </c>
       <c r="H22" s="3">
-        <v>1370</v>
+        <v>160</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1370</v>
+        <v>160</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0925050641458474</v>
+        <v>0.020227560050568902</v>
       </c>
       <c r="K22" s="10">
-        <v>75.1</v>
+        <v>9.06</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E23" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F23" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G23" s="3">
         <v>0</v>
       </c>
       <c r="H23" s="3">
-        <v>330</v>
+        <v>60</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>330</v>
+        <v>60</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.022282241728561785</v>
+        <v>0.007585335018963337</v>
       </c>
       <c r="K23" s="10">
-        <v>18.08</v>
+        <v>3.56</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E24" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F24" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G24" s="3">
         <v>0</v>
       </c>
       <c r="H24" s="3">
-        <v>80</v>
+        <v>4310</v>
       </c>
       <c r="I24" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>80</v>
+        <v>4310</v>
       </c>
       <c r="J24" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0054017555705604325</v>
+        <v>0.5448798988621998</v>
       </c>
       <c r="K24" s="10">
-        <v>4.4</v>
+        <v>245.26</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E25" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F25" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G25" s="3">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="H25" s="3">
-        <v>5030</v>
+        <v>240</v>
       </c>
       <c r="I25" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5320</v>
+        <v>240</v>
       </c>
       <c r="J25" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.3592167454422688</v>
+        <v>0.03034134007585335</v>
       </c>
       <c r="K25" s="10">
-        <v>291.14</v>
+        <v>13.66</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E26" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F26" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G26" s="3">
-        <v>550</v>
+        <v>0</v>
       </c>
       <c r="H26" s="3">
-        <v>360</v>
+        <v>630</v>
       </c>
       <c r="I26" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>910</v>
+        <v>630</v>
       </c>
       <c r="J26" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.061444969615124904</v>
+        <v>0.07964601769911504</v>
       </c>
       <c r="K26" s="10">
-        <v>49.9</v>
-[...36 lines deleted...]
-        <v>114.48</v>
+        <v>35.96</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="17.346940994262695" customWidth="1"/>
-    <col min="4" max="4" width="32.70621871948242" customWidth="1"/>
+    <col min="4" max="4" width="34.03416061401367" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="B2" s="0" t="s">
+      <c r="D2" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="C2" s="0" t="s">
+      <c r="E2" s="0" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>192.24</v>
+        <v>197.37</v>
       </c>
       <c r="D3" s="4">
-        <v>192.24</v>
+        <v>197.37</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>384.48</v>
+        <v>394.74</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-67.94</v>
+        <v>-69.99</v>
       </c>
       <c r="D4" s="4">
-        <v>-67.94</v>
+        <v>-69.99</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-135.88</v>
+        <v>-139.98</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>124.3</v>
+        <v>127.38</v>
       </c>
       <c r="D8" s="4">
-        <v>124.3</v>
+        <v>127.38</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>248.6</v>
+        <v>254.76</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>124.3</v>
+        <v>127.38</v>
       </c>
       <c r="D11" s="4">
-        <v>124.3</v>
+        <v>127.38</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>248.6</v>
+        <v>254.76</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>124.3</v>
+        <v>127.38</v>
       </c>
       <c r="D13" s="4">
-        <v>124.3</v>
+        <v>127.38</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>248.6</v>
+        <v>254.76</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E17" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F17" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G17" s="3">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="H17" s="3">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>410</v>
+        <v>380</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.09808612440191387</v>
+        <v>0.08837209302325581</v>
       </c>
       <c r="K17" s="10">
-        <v>24.42</v>
+        <v>22.56</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E18" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F18" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G18" s="3">
-        <v>330</v>
+        <v>500</v>
       </c>
       <c r="H18" s="3">
-        <v>330</v>
+        <v>300</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>660</v>
+        <v>800</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.15789473684210525</v>
+        <v>0.18604651162790697</v>
       </c>
       <c r="K18" s="10">
-        <v>39.28</v>
+        <v>47.32</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E19" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F19" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G19" s="3">
-        <v>260</v>
+        <v>360</v>
       </c>
       <c r="H19" s="3">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>330</v>
+        <v>420</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.07894736842105263</v>
+        <v>0.09767441860465116</v>
       </c>
       <c r="K19" s="10">
-        <v>19.6</v>
+        <v>24.98</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E20" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F20" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G20" s="3">
-        <v>330</v>
+        <v>500</v>
       </c>
       <c r="H20" s="3">
-        <v>330</v>
+        <v>300</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>660</v>
+        <v>800</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.15789473684210525</v>
+        <v>0.18604651162790697</v>
       </c>
       <c r="K20" s="10">
-        <v>39.28</v>
+        <v>47.32</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>60</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E21" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F21" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G21" s="3">
         <v>0</v>
       </c>
       <c r="H21" s="3">
-        <v>510</v>
+        <v>560</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>510</v>
+        <v>560</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.12200956937799043</v>
+        <v>0.1302325581395349</v>
       </c>
       <c r="K21" s="10">
-        <v>30.34</v>
+        <v>33.22</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E22" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F22" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G22" s="3">
-        <v>1360</v>
+        <v>1070</v>
       </c>
       <c r="H22" s="3">
-        <v>250</v>
+        <v>270</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1610</v>
+        <v>1340</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.38516746411483255</v>
+        <v>0.31162790697674425</v>
       </c>
       <c r="K22" s="10">
-        <v>95.68</v>
+        <v>79.36</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="26.45119857788086" customWidth="1"/>
     <col min="4" max="4" width="31.34963607788086" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="B2" s="0" t="s">
+      <c r="D2" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="C2" s="0" t="s">
+      <c r="E2" s="0" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>163.05</v>
+        <v>143.04</v>
       </c>
       <c r="D3" s="4">
-        <v>163.05</v>
+        <v>143.04</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>326.1</v>
+        <v>286.08</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-59.68</v>
+        <v>-52.5</v>
       </c>
       <c r="D4" s="4">
-        <v>-59.68</v>
+        <v>-52.5</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-119.36</v>
+        <v>-105</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>103.37</v>
+        <v>90.54</v>
       </c>
       <c r="D8" s="4">
-        <v>103.37</v>
+        <v>90.54</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>206.74</v>
+        <v>181.08</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>103.37</v>
+        <v>90.54</v>
       </c>
       <c r="D11" s="4">
-        <v>103.37</v>
+        <v>90.54</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>206.74</v>
+        <v>181.08</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>103.37</v>
+        <v>90.54</v>
       </c>
       <c r="D13" s="4">
-        <v>103.37</v>
+        <v>90.54</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>206.74</v>
+        <v>181.08</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E17" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F17" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G17" s="3">
-        <v>1900</v>
+        <v>1560</v>
       </c>
       <c r="H17" s="3">
-        <v>80</v>
+        <v>160</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1980</v>
+        <v>1720</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.5308310991957105</v>
+        <v>0.524390243902439</v>
       </c>
       <c r="K17" s="10">
-        <v>109.7</v>
+        <v>94.94</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E18" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F18" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G18" s="3">
-        <v>1690</v>
+        <v>1390</v>
       </c>
       <c r="H18" s="3">
-        <v>60</v>
+        <v>170</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1750</v>
+        <v>1560</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.4691689008042895</v>
+        <v>0.475609756097561</v>
       </c>
       <c r="K18" s="10">
-        <v>97.04</v>
+        <v>86.14</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>