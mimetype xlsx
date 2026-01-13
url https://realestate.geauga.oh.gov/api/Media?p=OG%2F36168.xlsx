--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -11,150 +11,156 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId2"/>
     <sheet name="02-BAINBRIDGE TWP-KENSTON LSD" sheetId="2" r:id="rId3"/>
     <sheet name="04-BURTON TWP-BERKSHIRE LSD" sheetId="3" r:id="rId4"/>
-    <sheet name="11-CHESTER TWP-W GEAUGA LSD" sheetId="4" r:id="rId5"/>
+    <sheet name="11-CHESTER TWP-WEST GEAUGA LSD" sheetId="4" r:id="rId5"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <si>
     <t>Oil and Gas Company #36168</t>
   </si>
   <si>
     <t>B.C. OIL &amp; GAS</t>
   </si>
   <si>
     <t>Date Generated:</t>
   </si>
   <si>
-    <t>02/03/2025</t>
+    <t>01/08/2026</t>
   </si>
   <si>
     <t>1185 BENTON RD</t>
   </si>
   <si>
     <t>Tax Year:</t>
   </si>
   <si>
-    <t>2024</t>
+    <t>2025</t>
   </si>
   <si>
     <t>SALEM, OH 44460</t>
   </si>
   <si>
     <t>Due Date:</t>
   </si>
   <si>
-    <t>02/26/2025</t>
+    <t>02/18/2026</t>
   </si>
   <si>
     <t>District Summary</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Full Rate</t>
   </si>
   <si>
     <t>Effective Rate</t>
   </si>
   <si>
     <t>Oil Value</t>
   </si>
   <si>
     <t>Gas Value</t>
   </si>
   <si>
     <t>Total Value</t>
   </si>
   <si>
     <t>Prior Due</t>
   </si>
   <si>
     <t>Half Due</t>
   </si>
   <si>
     <t>Full Due</t>
   </si>
   <si>
     <t>Total Due</t>
   </si>
   <si>
     <t>Permit Count</t>
   </si>
   <si>
     <t>02-BAINBRIDGE TWP-KENSTON LSD</t>
   </si>
   <si>
     <t>04-BURTON TWP-BERKSHIRE LSD</t>
   </si>
   <si>
-    <t>11-CHESTER TWP-W GEAUGA LSD</t>
+    <t>11-CHESTER TWP-WEST GEAUGA LSD</t>
   </si>
   <si>
     <t>Permit Summary</t>
   </si>
   <si>
     <t>Permit</t>
   </si>
   <si>
     <t>WellName</t>
   </si>
   <si>
     <t>Districts</t>
   </si>
   <si>
     <t>34055204420000</t>
   </si>
   <si>
     <t xml:space="preserve">SEAWORLD ETAL     8</t>
+  </si>
+  <si>
+    <t>34055205550000</t>
+  </si>
+  <si>
+    <t>SEAWORLD # 12</t>
   </si>
   <si>
     <t>34055214570000</t>
   </si>
   <si>
     <t>HRF CO. # 2</t>
   </si>
   <si>
     <t>34055214580000</t>
   </si>
   <si>
     <t>H R F COMPANY # 1</t>
   </si>
   <si>
     <t>34055216240000</t>
   </si>
   <si>
     <t>PATTERSON INC. # 1</t>
   </si>
   <si>
     <t>34055216930000</t>
   </si>
   <si>
     <t>EDDY UNIT # 1</t>
   </si>
@@ -319,69 +325,69 @@
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="SummaryDistrictTable" displayName="SummaryDistrictTable" ref="A8:K11" headerRowCount="1">
   <autoFilter ref="A8:K11"/>
   <tableColumns count="11">
     <tableColumn id="1" name="District Name"/>
     <tableColumn id="2" name="Full Rate"/>
     <tableColumn id="3" name="Effective Rate"/>
     <tableColumn id="4" name="Oil Value"/>
     <tableColumn id="5" name="Gas Value"/>
     <tableColumn id="6" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="7" name="Prior Due"/>
     <tableColumn id="8" name="Half Due"/>
     <tableColumn id="9" name="Full Due"/>
     <tableColumn id="10" name="Total Due">
       <calculatedColumnFormula>[Prior Due] + [Half Due] + [Full Due]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Permit Count"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A15:F22" headerRowCount="1">
-  <autoFilter ref="A15:F22"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A15:F23" headerRowCount="1">
+  <autoFilter ref="A15:F23"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Permit"/>
     <tableColumn id="2" name="WellName"/>
     <tableColumn id="3" name="Oil Value"/>
     <tableColumn id="4" name="Gas Value"/>
     <tableColumn id="5" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="6" name="Districts"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="DistrictTable_02" displayName="DistrictTable_02" ref="A16:K17" headerRowCount="1">
-  <autoFilter ref="A16:K17"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="DistrictTable_02" displayName="DistrictTable_02" ref="A16:K18" headerRowCount="1">
+  <autoFilter ref="A16:K18"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
     <tableColumn id="8" name="Gas Value"/>
     <tableColumn id="9" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="10" name="Percentage of District Value">
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="TaxTable_02" displayName="TaxTable_02" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
@@ -469,62 +475,62 @@
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K22"/>
+  <dimension ref="A1:K23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="37.33909225463867" customWidth="1"/>
     <col min="2" max="2" width="19.747051239013672" customWidth="1"/>
     <col min="3" max="3" width="15.996493339538574" customWidth="1"/>
     <col min="4" max="4" width="12.350568771362305" customWidth="1"/>
     <col min="5" max="5" width="40" customWidth="1"/>
-    <col min="6" max="6" width="32.63665008544922" customWidth="1"/>
+    <col min="6" max="6" width="34.19375991821289" customWidth="1"/>
     <col min="7" max="7" width="11.938273429870605" customWidth="1"/>
     <col min="8" max="8" width="11.218035697937012" customWidth="1"/>
     <col min="9" max="9" width="10.801648139953613" customWidth="1"/>
     <col min="10" max="10" width="12.127540588378906" customWidth="1"/>
     <col min="11" max="11" width="15.31336498260498" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
@@ -571,1440 +577,1498 @@
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2">
-        <v>138.43</v>
+        <v>138.93</v>
       </c>
       <c r="C9" s="2">
-        <v>80.499872</v>
+        <v>81.086808</v>
       </c>
       <c r="D9" s="3">
         <v>0</v>
       </c>
       <c r="E9" s="3">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="F9" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
-        <v>4.44</v>
+        <v>3.3</v>
       </c>
       <c r="I9" s="4">
-        <v>4.44</v>
+        <v>3.3</v>
       </c>
       <c r="J9" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>8.88</v>
+        <v>6.6</v>
       </c>
       <c r="K9" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="C10" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="D10" s="3">
         <v>0</v>
       </c>
       <c r="E10" s="3">
-        <v>290</v>
+        <v>60</v>
       </c>
       <c r="F10" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>290</v>
+        <v>60</v>
       </c>
       <c r="G10" s="4">
         <v>0</v>
       </c>
       <c r="H10" s="4">
-        <v>6.86</v>
+        <v>1.54</v>
       </c>
       <c r="I10" s="4">
-        <v>6.86</v>
+        <v>1.54</v>
       </c>
       <c r="J10" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>13.72</v>
+        <v>3.08</v>
       </c>
       <c r="K10" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="C11" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="D11" s="3">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="E11" s="3">
-        <v>660</v>
+        <v>590</v>
       </c>
       <c r="F11" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>930</v>
+        <v>590</v>
       </c>
       <c r="G11" s="4">
         <v>0</v>
       </c>
       <c r="H11" s="4">
-        <v>25.57</v>
+        <v>17.06</v>
       </c>
       <c r="I11" s="4">
-        <v>25.57</v>
+        <v>17.06</v>
       </c>
       <c r="J11" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>51.14</v>
+        <v>34.12</v>
       </c>
       <c r="K11" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="6">
         <v>0</v>
       </c>
       <c r="D16" s="6">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="E16" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6">
-        <v>130</v>
+        <v>40</v>
       </c>
       <c r="E17" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>130</v>
+        <v>40</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C18" s="6">
         <v>0</v>
       </c>
       <c r="D18" s="6">
-        <v>160</v>
+        <v>30</v>
       </c>
       <c r="E18" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>160</v>
+        <v>30</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C19" s="6">
         <v>0</v>
       </c>
       <c r="D19" s="6">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="E19" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>38</v>
       </c>
       <c r="C20" s="6">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="D20" s="6">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="E20" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>440</v>
+        <v>190</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6">
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="E21" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>50</v>
+        <v>70</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6">
-        <v>240</v>
+        <v>30</v>
       </c>
       <c r="E22" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>240</v>
+        <v>30</v>
       </c>
       <c r="F22" s="5" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C23" s="6">
+        <v>0</v>
+      </c>
+      <c r="D23" s="6">
+        <v>300</v>
+      </c>
+      <c r="E23" s="8">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>300</v>
+      </c>
+      <c r="F23" s="5" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K17"/>
+  <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="19.747051239013672" customWidth="1"/>
     <col min="4" max="4" width="32.63665008544922" customWidth="1"/>
     <col min="5" max="5" width="11.8009033203125" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>7.65</v>
+        <v>5.6</v>
       </c>
       <c r="D3" s="4">
-        <v>7.65</v>
+        <v>5.6</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>15.3</v>
+        <v>11.2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-3.21</v>
+        <v>-2.3</v>
       </c>
       <c r="D4" s="4">
-        <v>-3.21</v>
+        <v>-2.3</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-6.42</v>
+        <v>-4.6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>4.44</v>
+        <v>3.3</v>
       </c>
       <c r="D8" s="4">
-        <v>4.44</v>
+        <v>3.3</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>8.88</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>4.44</v>
+        <v>3.3</v>
       </c>
       <c r="D11" s="4">
-        <v>4.44</v>
+        <v>3.3</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>8.88</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>4.44</v>
+        <v>3.3</v>
       </c>
       <c r="D13" s="4">
-        <v>4.44</v>
+        <v>3.3</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>8.88</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="2">
-        <v>138.43</v>
+        <v>138.93</v>
       </c>
       <c r="F17" s="2">
-        <v>80.499872</v>
+        <v>81.086808</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>1</v>
+        <v>0.5</v>
       </c>
       <c r="K17" s="10">
-        <v>8.88</v>
+        <v>3.3</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E18" s="2">
+        <v>138.93</v>
+      </c>
+      <c r="F18" s="2">
+        <v>81.086808</v>
+      </c>
+      <c r="G18" s="3">
+        <v>0</v>
+      </c>
+      <c r="H18" s="3">
+        <v>40</v>
+      </c>
+      <c r="I18" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>40</v>
+      </c>
+      <c r="J18" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.5</v>
+      </c>
+      <c r="K18" s="10">
+        <v>3.3</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="18.763885498046875" customWidth="1"/>
     <col min="4" max="4" width="30.439105987548828" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>11.78</v>
+        <v>2.54</v>
       </c>
       <c r="D3" s="4">
-        <v>11.78</v>
+        <v>2.54</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>23.56</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-4.92</v>
+        <v>-1</v>
       </c>
       <c r="D4" s="4">
-        <v>-4.92</v>
+        <v>-1</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-9.84</v>
+        <v>-2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>6.86</v>
+        <v>1.54</v>
       </c>
       <c r="D8" s="4">
-        <v>6.86</v>
+        <v>1.54</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>13.72</v>
+        <v>3.08</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>6.86</v>
+        <v>1.54</v>
       </c>
       <c r="D11" s="4">
-        <v>6.86</v>
+        <v>1.54</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>13.72</v>
+        <v>3.08</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>6.86</v>
+        <v>1.54</v>
       </c>
       <c r="D13" s="4">
-        <v>6.86</v>
+        <v>1.54</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>13.72</v>
+        <v>3.08</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="F17" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>130</v>
+        <v>30</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.4482758620689655</v>
+        <v>0.5</v>
       </c>
       <c r="K17" s="10">
-        <v>6.18</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E18" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="F18" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="G18" s="3">
         <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>160</v>
+        <v>30</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>160</v>
+        <v>30</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.5517241379310345</v>
+        <v>0.5</v>
       </c>
       <c r="K18" s="10">
-        <v>7.54</v>
+        <v>1.54</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="19.185388565063477" customWidth="1"/>
-    <col min="4" max="4" width="31.096939086914062" customWidth="1"/>
+    <col min="4" max="4" width="34.19375991821289" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>40.37</v>
+        <v>26.47</v>
       </c>
       <c r="D3" s="4">
-        <v>40.37</v>
+        <v>26.47</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>80.74</v>
+        <v>52.94</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-14.8</v>
+        <v>-9.41</v>
       </c>
       <c r="D4" s="4">
-        <v>-14.8</v>
+        <v>-9.41</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-29.6</v>
+        <v>-18.82</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>25.57</v>
+        <v>17.06</v>
       </c>
       <c r="D8" s="4">
-        <v>25.57</v>
+        <v>17.06</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>51.14</v>
+        <v>34.12</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>25.57</v>
+        <v>17.06</v>
       </c>
       <c r="D11" s="4">
-        <v>25.57</v>
+        <v>17.06</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>51.14</v>
+        <v>34.12</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>25.57</v>
+        <v>17.06</v>
       </c>
       <c r="D13" s="4">
-        <v>25.57</v>
+        <v>17.06</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>51.14</v>
+        <v>34.12</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E17" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F17" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.21505376344086022</v>
+        <v>0.3220338983050848</v>
       </c>
       <c r="K17" s="10">
-        <v>10.92</v>
+        <v>10.98</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E18" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F18" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G18" s="3">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>170</v>
+        <v>70</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>440</v>
+        <v>70</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.4731182795698925</v>
+        <v>0.11864406779661019</v>
       </c>
       <c r="K18" s="10">
-        <v>24.14</v>
+        <v>4.06</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E19" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F19" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G19" s="3">
         <v>0</v>
       </c>
       <c r="H19" s="3">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.053763440860215055</v>
+        <v>0.05084745762711865</v>
       </c>
       <c r="K19" s="10">
-        <v>2.94</v>
+        <v>1.82</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E20" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F20" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G20" s="3">
         <v>0</v>
       </c>
       <c r="H20" s="3">
-        <v>240</v>
+        <v>300</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>240</v>
+        <v>300</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.25806451612903225</v>
+        <v>0.5084745762711865</v>
       </c>
       <c r="K20" s="10">
-        <v>13.14</v>
+        <v>17.26</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>