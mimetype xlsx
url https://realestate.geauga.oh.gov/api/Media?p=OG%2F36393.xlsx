--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -1,512 +1,266 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table3.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId2"/>
-    <sheet name="18-MIDDLEFIELD TWP-CARDINAL LS" sheetId="2" r:id="rId3"/>
-[...1 lines deleted...]
-    <sheet name="23-NEWBURY TWP-WEST GEAUGA LSD" sheetId="4" r:id="rId5"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <si>
     <t>Oil and Gas Company #36393</t>
   </si>
   <si>
     <t>HETUCK OIL AND GAS CO.</t>
   </si>
   <si>
     <t>Date Generated:</t>
   </si>
   <si>
-    <t>02/03/2025</t>
+    <t>01/08/2026</t>
   </si>
   <si>
     <t>220 OLD OAK DRIVE</t>
   </si>
   <si>
     <t>Tax Year:</t>
   </si>
   <si>
-    <t>2024</t>
+    <t>2025</t>
   </si>
   <si>
     <t>CORTLAND, OH 44410</t>
   </si>
   <si>
     <t>Due Date:</t>
   </si>
   <si>
-    <t>02/26/2025</t>
+    <t>02/18/2026</t>
   </si>
   <si>
     <t>District Summary</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Full Rate</t>
   </si>
   <si>
     <t>Effective Rate</t>
   </si>
   <si>
     <t>Oil Value</t>
   </si>
   <si>
     <t>Gas Value</t>
   </si>
   <si>
     <t>Total Value</t>
   </si>
   <si>
     <t>Prior Due</t>
   </si>
   <si>
     <t>Half Due</t>
   </si>
   <si>
     <t>Full Due</t>
   </si>
   <si>
     <t>Total Due</t>
   </si>
   <si>
     <t>Permit Count</t>
   </si>
   <si>
-    <t>18-MIDDLEFIELD TWP-CARDINAL LS</t>
+    <t>18-MIDDLEFIELD TWP-CARDINAL LSD</t>
   </si>
   <si>
     <t>20-MONTVILLE TWP-BERKSHIRE LSD</t>
   </si>
   <si>
     <t>23-NEWBURY TWP-WEST GEAUGA LSD</t>
   </si>
   <si>
     <t>Permit Summary</t>
   </si>
   <si>
     <t>Permit</t>
   </si>
   <si>
     <t>WellName</t>
   </si>
   <si>
     <t>Districts</t>
-  </si>
-[...94 lines deleted...]
-    <t>36393</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.000000"/>
     <numFmt numFmtId="165" formatCode="$#,##0.00"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color rgb="0144546A" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0"/>
     <xf numFmtId="0" fontId="1"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="7">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="1" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="3" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="165" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="4" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Heading 1" xfId="1"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="SummaryDistrictTable" displayName="SummaryDistrictTable" ref="A8:K11" headerRowCount="1">
   <autoFilter ref="A8:K11"/>
   <tableColumns count="11">
     <tableColumn id="1" name="District Name"/>
     <tableColumn id="2" name="Full Rate"/>
     <tableColumn id="3" name="Effective Rate"/>
     <tableColumn id="4" name="Oil Value"/>
     <tableColumn id="5" name="Gas Value"/>
     <tableColumn id="6" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="7" name="Prior Due"/>
     <tableColumn id="8" name="Half Due"/>
     <tableColumn id="9" name="Full Due"/>
     <tableColumn id="10" name="Total Due">
       <calculatedColumnFormula>[Prior Due] + [Half Due] + [Full Due]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Permit Count"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A15:F19" headerRowCount="1">
-  <autoFilter ref="A15:F19"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A15:F15" headerRowCount="0">
   <tableColumns count="6">
     <tableColumn id="1" name="Permit"/>
     <tableColumn id="2" name="WellName"/>
     <tableColumn id="3" name="Oil Value"/>
     <tableColumn id="4" name="Gas Value"/>
     <tableColumn id="5" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="6" name="Districts"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-[...118 lines deleted...]
-
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
-</file>
-[...7 lines deleted...]
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K19"/>
+  <dimension ref="A1:K15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="37.33909225463867" customWidth="1"/>
-    <col min="2" max="2" width="17.755144119262695" customWidth="1"/>
+    <col min="2" max="2" width="11.268165588378906" customWidth="1"/>
     <col min="3" max="3" width="15.996493339538574" customWidth="1"/>
-    <col min="4" max="4" width="12.350568771362305" customWidth="1"/>
+    <col min="4" max="4" width="11.829548835754395" customWidth="1"/>
     <col min="5" max="5" width="40" customWidth="1"/>
-    <col min="6" max="6" width="35.52476501464844" customWidth="1"/>
+    <col min="6" max="6" width="13.5526704788208" customWidth="1"/>
     <col min="7" max="7" width="11.938273429870605" customWidth="1"/>
     <col min="8" max="8" width="11.218035697937012" customWidth="1"/>
     <col min="9" max="9" width="10.801648139953613" customWidth="1"/>
     <col min="10" max="10" width="12.127540588378906" customWidth="1"/>
     <col min="11" max="11" width="15.31336498260498" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
@@ -552,1267 +306,153 @@
         <v>15</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="B9" s="2"/>
+      <c r="C9" s="2"/>
       <c r="D9" s="3">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="E9" s="3">
         <v>0</v>
       </c>
       <c r="F9" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="G9" s="4">
-        <v>0</v>
+        <v>16.3</v>
       </c>
       <c r="H9" s="4">
-        <v>6.88</v>
+        <v>0</v>
       </c>
       <c r="I9" s="4">
-        <v>6.88</v>
+        <v>0</v>
       </c>
       <c r="J9" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>13.76</v>
+        <v>16.3</v>
       </c>
       <c r="K9" s="0">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="B10" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="B10" s="2"/>
+      <c r="C10" s="2"/>
       <c r="D10" s="3">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="E10" s="3">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="F10" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="G10" s="4">
-        <v>0</v>
+        <v>11.09</v>
       </c>
       <c r="H10" s="4">
-        <v>4.68</v>
+        <v>0</v>
       </c>
       <c r="I10" s="4">
-        <v>4.68</v>
+        <v>0</v>
       </c>
       <c r="J10" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>9.36</v>
+        <v>11.09</v>
       </c>
       <c r="K10" s="0">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="B11" s="2">
-[...4 lines deleted...]
-      </c>
+      <c r="B11" s="2"/>
+      <c r="C11" s="2"/>
       <c r="D11" s="3">
         <v>0</v>
       </c>
       <c r="E11" s="3">
-        <v>330</v>
+        <v>0</v>
       </c>
       <c r="F11" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>330</v>
+        <v>0</v>
       </c>
       <c r="G11" s="4">
-        <v>0</v>
+        <v>19.94</v>
       </c>
       <c r="H11" s="4">
-        <v>8.41</v>
+        <v>0</v>
       </c>
       <c r="I11" s="4">
-        <v>8.41</v>
+        <v>0</v>
       </c>
       <c r="J11" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>16.82</v>
+        <v>19.94</v>
       </c>
       <c r="K11" s="0">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>27</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E15" s="7" t="s">
+      <c r="E15" s="6" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>28</v>
-      </c>
-[...82 lines deleted...]
-        <v>24</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
-
-[...1016 lines deleted...]
-</file>