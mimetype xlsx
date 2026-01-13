--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -3,126 +3,126 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId2"/>
-    <sheet name="19-MIDDLEFIELD VILL-CARDINAL L" sheetId="2" r:id="rId3"/>
+    <sheet name="19-MIDDLEFIELD VILL-CARDINAL LS" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="55">
   <si>
     <t>Oil and Gas Company #42</t>
   </si>
   <si>
     <t>COLLINS-MCGREGOR OPERATING CO</t>
   </si>
   <si>
     <t>Date Generated:</t>
   </si>
   <si>
-    <t>02/03/2025</t>
-[...2 lines deleted...]
-    <t>1 CT HOUSE LANE BOX 754</t>
+    <t>01/08/2026</t>
+  </si>
+  <si>
+    <t>PO BOX 754</t>
   </si>
   <si>
     <t>Tax Year:</t>
   </si>
   <si>
-    <t>2024</t>
-[...2 lines deleted...]
-    <t>MARIETTA, OH 45750</t>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>MARIETTA, OH 45750-0754</t>
   </si>
   <si>
     <t>Due Date:</t>
   </si>
   <si>
-    <t>02/26/2025</t>
+    <t>02/18/2026</t>
   </si>
   <si>
     <t>District Summary</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Full Rate</t>
   </si>
   <si>
     <t>Effective Rate</t>
   </si>
   <si>
     <t>Oil Value</t>
   </si>
   <si>
     <t>Gas Value</t>
   </si>
   <si>
     <t>Total Value</t>
   </si>
   <si>
     <t>Prior Due</t>
   </si>
   <si>
     <t>Half Due</t>
   </si>
   <si>
     <t>Full Due</t>
   </si>
   <si>
     <t>Total Due</t>
   </si>
   <si>
     <t>Permit Count</t>
   </si>
   <si>
-    <t>19-MIDDLEFIELD VILL-CARDINAL L</t>
+    <t>19-MIDDLEFIELD VILL-CARDINAL LSD</t>
   </si>
   <si>
     <t>Permit Summary</t>
   </si>
   <si>
     <t>Permit</t>
   </si>
   <si>
     <t>WellName</t>
   </si>
   <si>
     <t>Districts</t>
   </si>
   <si>
     <t>34055202990000</t>
   </si>
   <si>
     <t xml:space="preserve">BRAFF     1</t>
   </si>
   <si>
     <t>34055203010000</t>
   </si>
   <si>
     <t>BRAFF #2</t>
   </si>
@@ -350,51 +350,51 @@
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.86739730834961" customWidth="1"/>
     <col min="2" max="2" width="12.872331619262695" customWidth="1"/>
     <col min="3" max="3" width="15.996493339538574" customWidth="1"/>
     <col min="4" max="4" width="12.350568771362305" customWidth="1"/>
     <col min="5" max="5" width="40" customWidth="1"/>
-    <col min="6" max="6" width="31.210498809814453" customWidth="1"/>
+    <col min="6" max="6" width="33.529788970947266" customWidth="1"/>
     <col min="7" max="7" width="11.938273429870605" customWidth="1"/>
     <col min="8" max="8" width="11.218035697937012" customWidth="1"/>
     <col min="9" max="9" width="10.801648139953613" customWidth="1"/>
     <col min="10" max="10" width="12.127540588378906" customWidth="1"/>
     <col min="11" max="11" width="15.31336498260498" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
@@ -441,235 +441,235 @@
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2">
-        <v>86.7</v>
+        <v>88.12</v>
       </c>
       <c r="C9" s="2">
-        <v>54.94581</v>
+        <v>55.887938</v>
       </c>
       <c r="D9" s="3">
         <v>0</v>
       </c>
       <c r="E9" s="3">
-        <v>900</v>
+        <v>680</v>
       </c>
       <c r="F9" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>900</v>
+        <v>680</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
-        <v>24.88</v>
+        <v>19.02</v>
       </c>
       <c r="I9" s="4">
-        <v>24.88</v>
+        <v>19.02</v>
       </c>
       <c r="J9" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>49.76</v>
+        <v>38.04</v>
       </c>
       <c r="K9" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="6">
         <v>0</v>
       </c>
       <c r="D14" s="6">
-        <v>450</v>
+        <v>340</v>
       </c>
       <c r="E14" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>450</v>
+        <v>340</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="6">
         <v>0</v>
       </c>
       <c r="D15" s="6">
-        <v>450</v>
+        <v>340</v>
       </c>
       <c r="E15" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>450</v>
+        <v>340</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="13.360334396362305" customWidth="1"/>
-    <col min="4" max="4" width="31.210498809814453" customWidth="1"/>
+    <col min="4" max="4" width="33.529788970947266" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>39.12</v>
+        <v>30.02</v>
       </c>
       <c r="D3" s="4">
-        <v>39.12</v>
+        <v>30.02</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>78.24</v>
+        <v>60.04</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-14.24</v>
+        <v>-11</v>
       </c>
       <c r="D4" s="4">
-        <v>-14.24</v>
+        <v>-11</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-28.48</v>
+        <v>-22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B6" s="4">
@@ -690,148 +690,148 @@
       <c r="A7" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>24.88</v>
+        <v>19.02</v>
       </c>
       <c r="D8" s="4">
-        <v>24.88</v>
+        <v>19.02</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>49.76</v>
+        <v>38.04</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>24.88</v>
+        <v>19.02</v>
       </c>
       <c r="D11" s="4">
-        <v>24.88</v>
+        <v>19.02</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>49.76</v>
+        <v>38.04</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>24.88</v>
+        <v>19.02</v>
       </c>
       <c r="D13" s="4">
-        <v>24.88</v>
+        <v>19.02</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>49.76</v>
+        <v>38.04</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -844,93 +844,93 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="2">
-        <v>86.7</v>
+        <v>88.12</v>
       </c>
       <c r="F17" s="2">
-        <v>54.94581</v>
+        <v>55.887938</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>450</v>
+        <v>340</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>450</v>
+        <v>340</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
         <v>0.5</v>
       </c>
       <c r="K17" s="10">
-        <v>24.88</v>
+        <v>19.02</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="2">
-        <v>86.7</v>
+        <v>88.12</v>
       </c>
       <c r="F18" s="2">
-        <v>54.94581</v>
+        <v>55.887938</v>
       </c>
       <c r="G18" s="3">
         <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>450</v>
+        <v>340</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>450</v>
+        <v>340</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
         <v>0.5</v>
       </c>
       <c r="K18" s="10">
-        <v>24.88</v>
+        <v>19.02</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>