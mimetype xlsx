--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -26,152 +26,152 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table15.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table16.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId2"/>
     <sheet name="04-BURTON TWP-BERKSHIRE LSD" sheetId="2" r:id="rId3"/>
     <sheet name="05-BURTON VILL-BERKSHIRE LSD" sheetId="3" r:id="rId4"/>
-    <sheet name="11-CHESTER TWP-W GEAUGA LSD" sheetId="4" r:id="rId5"/>
-[...1 lines deleted...]
-    <sheet name="19-MIDDLEFIELD VILL-CARDINAL L" sheetId="6" r:id="rId7"/>
+    <sheet name="11-CHESTER TWP-WEST GEAUGA LSD" sheetId="4" r:id="rId5"/>
+    <sheet name="18-MIDDLEFIELD TWP-CARDINAL LSD" sheetId="5" r:id="rId6"/>
+    <sheet name="19-MIDDLEFIELD VILL-CARDINAL LS" sheetId="6" r:id="rId7"/>
     <sheet name="23-NEWBURY TWP-WEST GEAUGA LSD" sheetId="7" r:id="rId8"/>
     <sheet name="25-PARKMAN TWP-CARDINAL LSD" sheetId="8" r:id="rId9"/>
-    <sheet name="26-RUSSELL TWP-W GEAUGA LSD" sheetId="9" r:id="rId10"/>
+    <sheet name="26-RUSSELL TWP-WEST GEAUGA LSD" sheetId="9" r:id="rId10"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
   <si>
     <t>Oil and Gas Company #490</t>
   </si>
   <si>
     <t>DAVID R HILL INC</t>
   </si>
   <si>
     <t>Date Generated:</t>
   </si>
   <si>
-    <t>02/03/2025</t>
+    <t>01/08/2026</t>
   </si>
   <si>
     <t>BOX 247</t>
   </si>
   <si>
     <t>Tax Year:</t>
   </si>
   <si>
-    <t>2024</t>
+    <t>2025</t>
   </si>
   <si>
     <t>BYESVILLE, OH 43723</t>
   </si>
   <si>
     <t>Due Date:</t>
   </si>
   <si>
-    <t>02/26/2025</t>
+    <t>02/18/2026</t>
   </si>
   <si>
     <t>District Summary</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Full Rate</t>
   </si>
   <si>
     <t>Effective Rate</t>
   </si>
   <si>
     <t>Oil Value</t>
   </si>
   <si>
     <t>Gas Value</t>
   </si>
   <si>
     <t>Total Value</t>
   </si>
   <si>
     <t>Prior Due</t>
   </si>
   <si>
     <t>Half Due</t>
   </si>
   <si>
     <t>Full Due</t>
   </si>
   <si>
     <t>Total Due</t>
   </si>
   <si>
     <t>Permit Count</t>
   </si>
   <si>
     <t>04-BURTON TWP-BERKSHIRE LSD</t>
   </si>
   <si>
     <t>05-BURTON VILL-BERKSHIRE LSD</t>
   </si>
   <si>
-    <t>11-CHESTER TWP-W GEAUGA LSD</t>
-[...5 lines deleted...]
-    <t>19-MIDDLEFIELD VILL-CARDINAL L</t>
+    <t>11-CHESTER TWP-WEST GEAUGA LSD</t>
+  </si>
+  <si>
+    <t>18-MIDDLEFIELD TWP-CARDINAL LSD</t>
+  </si>
+  <si>
+    <t>19-MIDDLEFIELD VILL-CARDINAL LSD</t>
   </si>
   <si>
     <t>23-NEWBURY TWP-WEST GEAUGA LSD</t>
   </si>
   <si>
     <t>25-PARKMAN TWP-CARDINAL LSD</t>
   </si>
   <si>
-    <t>26-RUSSELL TWP-W GEAUGA LSD</t>
+    <t>26-RUSSELL TWP-WEST GEAUGA LSD</t>
   </si>
   <si>
     <t>Permit Summary</t>
   </si>
   <si>
     <t>Permit</t>
   </si>
   <si>
     <t>WellName</t>
   </si>
   <si>
     <t>Districts</t>
   </si>
   <si>
     <t>34055217930000</t>
   </si>
   <si>
     <t xml:space="preserve">MORROW D. M. UNIT     1</t>
   </si>
   <si>
     <t>34055217960000</t>
   </si>
   <si>
     <t xml:space="preserve">HOSTETLER UNIT     1</t>
   </si>
@@ -929,886 +929,886 @@
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="C9" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="D9" s="3">
-        <v>770</v>
+        <v>270</v>
       </c>
       <c r="E9" s="3">
-        <v>510</v>
+        <v>550</v>
       </c>
       <c r="F9" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1280</v>
+        <v>820</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
-        <v>30.04</v>
+        <v>19.26</v>
       </c>
       <c r="I9" s="4">
-        <v>30.04</v>
+        <v>19.26</v>
       </c>
       <c r="J9" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>60.08</v>
+        <v>38.52</v>
       </c>
       <c r="K9" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="2">
-        <v>85.7</v>
+        <v>85.45</v>
       </c>
       <c r="C10" s="2">
-        <v>52.816521</v>
+        <v>52.588301</v>
       </c>
       <c r="D10" s="3">
-        <v>570</v>
+        <v>0</v>
       </c>
       <c r="E10" s="3">
-        <v>1860</v>
+        <v>1600</v>
       </c>
       <c r="F10" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2430</v>
+        <v>1600</v>
       </c>
       <c r="G10" s="4">
         <v>0</v>
       </c>
       <c r="H10" s="4">
-        <v>64.2</v>
+        <v>42.07</v>
       </c>
       <c r="I10" s="4">
-        <v>64.2</v>
+        <v>42.07</v>
       </c>
       <c r="J10" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>128.4</v>
+        <v>84.14</v>
       </c>
       <c r="K10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="C11" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="D11" s="3">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="E11" s="3">
-        <v>330</v>
+        <v>280</v>
       </c>
       <c r="F11" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>680</v>
+        <v>280</v>
       </c>
       <c r="G11" s="4">
         <v>0</v>
       </c>
       <c r="H11" s="4">
-        <v>18.6</v>
+        <v>8</v>
       </c>
       <c r="I11" s="4">
-        <v>18.6</v>
+        <v>8</v>
       </c>
       <c r="J11" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>37.2</v>
+        <v>16</v>
       </c>
       <c r="K11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="C12" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="D12" s="3">
-        <v>4770</v>
+        <v>5370</v>
       </c>
       <c r="E12" s="3">
-        <v>5680</v>
+        <v>4060</v>
       </c>
       <c r="F12" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>10450</v>
+        <v>9430</v>
       </c>
       <c r="G12" s="4">
         <v>0</v>
       </c>
       <c r="H12" s="4">
-        <v>310.71</v>
+        <v>279.55</v>
       </c>
       <c r="I12" s="4">
-        <v>310.71</v>
+        <v>279.55</v>
       </c>
       <c r="J12" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>621.42</v>
+        <v>559.1</v>
       </c>
       <c r="K12" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="2">
-        <v>86.7</v>
+        <v>88.12</v>
       </c>
       <c r="C13" s="2">
-        <v>54.94581</v>
+        <v>55.887938</v>
       </c>
       <c r="D13" s="3">
-        <v>490</v>
+        <v>0</v>
       </c>
       <c r="E13" s="3">
-        <v>1950</v>
+        <v>550</v>
       </c>
       <c r="F13" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2440</v>
+        <v>550</v>
       </c>
       <c r="G13" s="4">
         <v>0</v>
       </c>
       <c r="H13" s="4">
-        <v>66.98</v>
+        <v>15.43</v>
       </c>
       <c r="I13" s="4">
-        <v>66.98</v>
+        <v>15.43</v>
       </c>
       <c r="J13" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>133.96</v>
+        <v>30.86</v>
       </c>
       <c r="K13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="C14" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="D14" s="3">
         <v>0</v>
       </c>
       <c r="E14" s="3">
-        <v>630</v>
+        <v>480</v>
       </c>
       <c r="F14" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>630</v>
+        <v>480</v>
       </c>
       <c r="G14" s="4">
         <v>0</v>
       </c>
       <c r="H14" s="4">
-        <v>16.02</v>
+        <v>12.6</v>
       </c>
       <c r="I14" s="4">
-        <v>16.02</v>
+        <v>12.6</v>
       </c>
       <c r="J14" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>32.04</v>
+        <v>25.2</v>
       </c>
       <c r="K14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B15" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="C15" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="D15" s="3">
-        <v>410</v>
+        <v>800</v>
       </c>
       <c r="E15" s="3">
-        <v>1640</v>
+        <v>860</v>
       </c>
       <c r="F15" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2050</v>
+        <v>1660</v>
       </c>
       <c r="G15" s="4">
         <v>0</v>
       </c>
       <c r="H15" s="4">
-        <v>56.82</v>
+        <v>45.87</v>
       </c>
       <c r="I15" s="4">
-        <v>56.82</v>
+        <v>45.87</v>
       </c>
       <c r="J15" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>113.64</v>
+        <v>91.74</v>
       </c>
       <c r="K15" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B16" s="2">
-        <v>89.73</v>
+        <v>94.41</v>
       </c>
       <c r="C16" s="2">
-        <v>56.66545</v>
+        <v>61.28837</v>
       </c>
       <c r="D16" s="3">
-        <v>1390</v>
+        <v>0</v>
       </c>
       <c r="E16" s="3">
-        <v>1880</v>
+        <v>2090</v>
       </c>
       <c r="F16" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>3270</v>
+        <v>2090</v>
       </c>
       <c r="G16" s="4">
         <v>0</v>
       </c>
       <c r="H16" s="4">
-        <v>92.68</v>
+        <v>64.17</v>
       </c>
       <c r="I16" s="4">
-        <v>92.68</v>
+        <v>64.17</v>
       </c>
       <c r="J16" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>185.36</v>
+        <v>128.34</v>
       </c>
       <c r="K16" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C21" s="6">
-        <v>670</v>
+        <v>1080</v>
       </c>
       <c r="D21" s="6">
-        <v>380</v>
+        <v>310</v>
       </c>
       <c r="E21" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1050</v>
+        <v>1390</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>37</v>
       </c>
       <c r="C22" s="6">
-        <v>0</v>
+        <v>640</v>
       </c>
       <c r="D22" s="6">
-        <v>220</v>
+        <v>180</v>
       </c>
       <c r="E22" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>220</v>
+        <v>820</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>39</v>
       </c>
       <c r="C23" s="6">
-        <v>780</v>
+        <v>0</v>
       </c>
       <c r="D23" s="6">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="E23" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>910</v>
+        <v>150</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>41</v>
       </c>
       <c r="C24" s="6">
-        <v>530</v>
+        <v>330</v>
       </c>
       <c r="D24" s="6">
-        <v>400</v>
+        <v>310</v>
       </c>
       <c r="E24" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>930</v>
+        <v>640</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="E25" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C26" s="6">
-        <v>620</v>
+        <v>400</v>
       </c>
       <c r="D26" s="6">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="E26" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>700</v>
+        <v>470</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>47</v>
       </c>
       <c r="C27" s="6">
-        <v>530</v>
+        <v>480</v>
       </c>
       <c r="D27" s="6">
-        <v>550</v>
+        <v>310</v>
       </c>
       <c r="E27" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1080</v>
+        <v>790</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>49</v>
       </c>
       <c r="C28" s="6">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="D28" s="6">
-        <v>330</v>
+        <v>280</v>
       </c>
       <c r="E28" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>680</v>
+        <v>280</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>51</v>
       </c>
       <c r="C29" s="6">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="D29" s="6">
-        <v>340</v>
+        <v>100</v>
       </c>
       <c r="E29" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>610</v>
+        <v>100</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>53</v>
       </c>
       <c r="C30" s="6">
-        <v>530</v>
+        <v>0</v>
       </c>
       <c r="D30" s="6">
-        <v>360</v>
+        <v>310</v>
       </c>
       <c r="E30" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>890</v>
+        <v>310</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>55</v>
       </c>
       <c r="C31" s="6">
         <v>0</v>
       </c>
       <c r="D31" s="6">
-        <v>630</v>
+        <v>480</v>
       </c>
       <c r="E31" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>630</v>
+        <v>480</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>57</v>
       </c>
       <c r="C32" s="6">
-        <v>860</v>
+        <v>0</v>
       </c>
       <c r="D32" s="6">
-        <v>1520</v>
+        <v>1780</v>
       </c>
       <c r="E32" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2380</v>
+        <v>1780</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>59</v>
       </c>
       <c r="C33" s="6">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="D33" s="6">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="E33" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>110</v>
+        <v>30</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>61</v>
       </c>
       <c r="C34" s="6">
-        <v>220</v>
+        <v>240</v>
       </c>
       <c r="D34" s="6">
-        <v>1380</v>
+        <v>620</v>
       </c>
       <c r="E34" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1600</v>
+        <v>860</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>63</v>
       </c>
       <c r="C35" s="6">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="D35" s="6">
-        <v>2390</v>
+        <v>1500</v>
       </c>
       <c r="E35" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2390</v>
+        <v>1900</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>65</v>
       </c>
       <c r="C36" s="6">
+        <v>240</v>
+      </c>
+      <c r="D36" s="6">
         <v>290</v>
       </c>
-      <c r="D36" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="E36" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>67</v>
       </c>
       <c r="C37" s="6">
-        <v>0</v>
+        <v>370</v>
       </c>
       <c r="D37" s="6">
-        <v>210</v>
+        <v>110</v>
       </c>
       <c r="E37" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>210</v>
+        <v>480</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>69</v>
       </c>
       <c r="C38" s="6">
-        <v>560</v>
+        <v>1020</v>
       </c>
       <c r="D38" s="6">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="E38" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>700</v>
+        <v>1150</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>71</v>
       </c>
       <c r="C39" s="6">
-        <v>490</v>
+        <v>0</v>
       </c>
       <c r="D39" s="6">
-        <v>1950</v>
+        <v>550</v>
       </c>
       <c r="E39" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2440</v>
+        <v>550</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>73</v>
       </c>
       <c r="C40" s="6">
-        <v>570</v>
+        <v>0</v>
       </c>
       <c r="D40" s="6">
-        <v>1860</v>
+        <v>1600</v>
       </c>
       <c r="E40" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2430</v>
+        <v>1600</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>75</v>
       </c>
       <c r="C41" s="6">
-        <v>190</v>
+        <v>560</v>
       </c>
       <c r="D41" s="6">
-        <v>260</v>
+        <v>240</v>
       </c>
       <c r="E41" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>450</v>
+        <v>800</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>77</v>
       </c>
       <c r="C42" s="6">
-        <v>0</v>
+        <v>270</v>
       </c>
       <c r="D42" s="6">
-        <v>140</v>
+        <v>270</v>
       </c>
       <c r="E42" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>140</v>
+        <v>540</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>79</v>
       </c>
       <c r="C43" s="6">
-        <v>770</v>
+        <v>0</v>
       </c>
       <c r="D43" s="6">
-        <v>370</v>
+        <v>280</v>
       </c>
       <c r="E43" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1140</v>
+        <v>280</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
         <v>80</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>81</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="E44" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
         <v>82</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>83</v>
       </c>
       <c r="C45" s="6">
         <v>410</v>
       </c>
       <c r="D45" s="6">
-        <v>280</v>
+        <v>330</v>
       </c>
       <c r="E45" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>690</v>
+        <v>740</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="19.232450485229492" customWidth="1"/>
@@ -1830,76 +1830,76 @@
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>51.79</v>
+        <v>33.17</v>
       </c>
       <c r="D3" s="4">
-        <v>51.79</v>
+        <v>33.17</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>103.58</v>
+        <v>66.34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-21.75</v>
+        <v>-13.91</v>
       </c>
       <c r="D4" s="4">
-        <v>-21.75</v>
+        <v>-13.91</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-43.5</v>
+        <v>-27.82</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B6" s="4">
@@ -1920,148 +1920,148 @@
       <c r="A7" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>30.04</v>
+        <v>19.26</v>
       </c>
       <c r="D8" s="4">
-        <v>30.04</v>
+        <v>19.26</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>60.08</v>
+        <v>38.52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>30.04</v>
+        <v>19.26</v>
       </c>
       <c r="D11" s="4">
-        <v>30.04</v>
+        <v>19.26</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>60.08</v>
+        <v>38.52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>30.04</v>
+        <v>19.26</v>
       </c>
       <c r="D13" s="4">
-        <v>30.04</v>
+        <v>19.26</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>60.08</v>
+        <v>38.52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -2074,108 +2074,108 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>105</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="F17" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="G17" s="3">
-        <v>0</v>
+        <v>270</v>
       </c>
       <c r="H17" s="3">
-        <v>140</v>
+        <v>270</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>140</v>
+        <v>540</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.109375</v>
+        <v>0.6585365853658537</v>
       </c>
       <c r="K17" s="10">
-        <v>6.62</v>
+        <v>25.36</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="F18" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="G18" s="3">
-        <v>770</v>
+        <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>370</v>
+        <v>280</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1140</v>
+        <v>280</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.890625</v>
+        <v>0.3414634146341463</v>
       </c>
       <c r="K18" s="10">
-        <v>53.46</v>
+        <v>13.16</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="34.30424880981445" customWidth="1"/>
     <col min="4" max="4" width="29.934736251831055" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
@@ -2194,76 +2194,76 @@
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>104.16</v>
+        <v>68.36</v>
       </c>
       <c r="D3" s="4">
-        <v>104.16</v>
+        <v>68.36</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>208.32</v>
+        <v>136.72</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-39.96</v>
+        <v>-26.29</v>
       </c>
       <c r="D4" s="4">
-        <v>-39.96</v>
+        <v>-26.29</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-79.92</v>
+        <v>-52.58</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B6" s="4">
@@ -2284,148 +2284,148 @@
       <c r="A7" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>64.2</v>
+        <v>42.07</v>
       </c>
       <c r="D8" s="4">
-        <v>64.2</v>
+        <v>42.07</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>128.4</v>
+        <v>84.14</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>64.2</v>
+        <v>42.07</v>
       </c>
       <c r="D11" s="4">
-        <v>64.2</v>
+        <v>42.07</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>128.4</v>
+        <v>84.14</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>64.2</v>
+        <v>42.07</v>
       </c>
       <c r="D13" s="4">
-        <v>64.2</v>
+        <v>42.07</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>128.4</v>
+        <v>84.14</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -2438,159 +2438,159 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>105</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>73</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="2">
-        <v>85.7</v>
+        <v>85.45</v>
       </c>
       <c r="F17" s="2">
-        <v>52.816521</v>
+        <v>52.588301</v>
       </c>
       <c r="G17" s="3">
-        <v>570</v>
+        <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>1860</v>
+        <v>1600</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2430</v>
+        <v>1600</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
         <v>1</v>
       </c>
       <c r="K17" s="10">
-        <v>128.4</v>
+        <v>84.14</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="26.03378677368164" customWidth="1"/>
-    <col min="4" max="4" width="31.096939086914062" customWidth="1"/>
+    <col min="4" max="4" width="34.19375991821289" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>29.47</v>
+        <v>12.45</v>
       </c>
       <c r="D3" s="4">
-        <v>29.47</v>
+        <v>12.45</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>58.94</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-10.87</v>
+        <v>-4.45</v>
       </c>
       <c r="D4" s="4">
-        <v>-10.87</v>
+        <v>-4.45</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-21.74</v>
+        <v>-8.9</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B6" s="4">
@@ -2611,148 +2611,148 @@
       <c r="A7" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>18.6</v>
+        <v>8</v>
       </c>
       <c r="D8" s="4">
-        <v>18.6</v>
+        <v>8</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>37.2</v>
+        <v>16</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>18.6</v>
+        <v>8</v>
       </c>
       <c r="D11" s="4">
-        <v>18.6</v>
+        <v>8</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>37.2</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>18.6</v>
+        <v>8</v>
       </c>
       <c r="D13" s="4">
-        <v>18.6</v>
+        <v>8</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>37.2</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -2765,159 +2765,159 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>105</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E17" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F17" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G17" s="3">
-        <v>350</v>
+        <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>330</v>
+        <v>280</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>680</v>
+        <v>280</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
         <v>1</v>
       </c>
       <c r="K17" s="10">
-        <v>37.2</v>
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="24.01425552368164" customWidth="1"/>
-    <col min="4" max="4" width="32.70621871948242" customWidth="1"/>
+    <col min="4" max="4" width="34.03416061401367" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>480.59</v>
+        <v>433.1</v>
       </c>
       <c r="D3" s="4">
-        <v>480.59</v>
+        <v>433.1</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>961.18</v>
+        <v>866.2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-169.88</v>
+        <v>-153.55</v>
       </c>
       <c r="D4" s="4">
-        <v>-169.88</v>
+        <v>-153.55</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-339.76</v>
+        <v>-307.1</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B6" s="4">
@@ -2938,148 +2938,148 @@
       <c r="A7" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>310.71</v>
+        <v>279.55</v>
       </c>
       <c r="D8" s="4">
-        <v>310.71</v>
+        <v>279.55</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>621.42</v>
+        <v>559.1</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>310.71</v>
+        <v>279.55</v>
       </c>
       <c r="D11" s="4">
-        <v>310.71</v>
+        <v>279.55</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>621.42</v>
+        <v>559.1</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>310.71</v>
+        <v>279.55</v>
       </c>
       <c r="D13" s="4">
-        <v>310.71</v>
+        <v>279.55</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>621.42</v>
+        <v>559.1</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -3092,677 +3092,677 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>105</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E17" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F17" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G17" s="3">
-        <v>670</v>
+        <v>1080</v>
       </c>
       <c r="H17" s="3">
-        <v>380</v>
+        <v>310</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1050</v>
+        <v>1390</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.10047846889952153</v>
+        <v>0.1474019088016967</v>
       </c>
       <c r="K17" s="10">
-        <v>62.42</v>
+        <v>82.32</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E18" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F18" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G18" s="3">
-        <v>0</v>
+        <v>640</v>
       </c>
       <c r="H18" s="3">
-        <v>220</v>
+        <v>180</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>220</v>
+        <v>820</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.02105263157894737</v>
+        <v>0.08695652173913045</v>
       </c>
       <c r="K18" s="10">
-        <v>13.18</v>
+        <v>48.7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E19" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F19" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G19" s="3">
-        <v>780</v>
+        <v>0</v>
       </c>
       <c r="H19" s="3">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>910</v>
+        <v>150</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.08708133971291866</v>
+        <v>0.015906680805938496</v>
       </c>
       <c r="K19" s="10">
-        <v>54.08</v>
+        <v>8.98</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E20" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F20" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G20" s="3">
-        <v>530</v>
+        <v>330</v>
       </c>
       <c r="H20" s="3">
-        <v>400</v>
+        <v>310</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>930</v>
+        <v>640</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0889952153110048</v>
+        <v>0.06786850477200423</v>
       </c>
       <c r="K20" s="10">
-        <v>55.3</v>
+        <v>37.82</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E21" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F21" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G21" s="3">
         <v>0</v>
       </c>
       <c r="H21" s="3">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0066985645933014355</v>
+        <v>0.0010604453870625662</v>
       </c>
       <c r="K21" s="10">
-        <v>4.22</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E22" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F22" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G22" s="3">
-        <v>620</v>
+        <v>400</v>
       </c>
       <c r="H22" s="3">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>700</v>
+        <v>470</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.06698564593301436</v>
+        <v>0.04984093319194061</v>
       </c>
       <c r="K22" s="10">
-        <v>41.68</v>
+        <v>27.84</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E23" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F23" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G23" s="3">
-        <v>530</v>
+        <v>480</v>
       </c>
       <c r="H23" s="3">
-        <v>550</v>
+        <v>310</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1080</v>
+        <v>790</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.10334928229665072</v>
+        <v>0.08377518557794274</v>
       </c>
       <c r="K23" s="10">
-        <v>64.18</v>
+        <v>46.84</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E24" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F24" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G24" s="3">
-        <v>270</v>
+        <v>0</v>
       </c>
       <c r="H24" s="3">
-        <v>340</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>610</v>
+        <v>100</v>
       </c>
       <c r="J24" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0583732057416268</v>
+        <v>0.010604453870625662</v>
       </c>
       <c r="K24" s="10">
-        <v>36.28</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E25" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F25" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G25" s="3">
-        <v>110</v>
+        <v>0</v>
       </c>
       <c r="H25" s="3">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="I25" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>110</v>
+        <v>30</v>
       </c>
       <c r="J25" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.010526315789473686</v>
+        <v>0.0031813361611876994</v>
       </c>
       <c r="K25" s="10">
-        <v>6.58</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E26" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F26" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G26" s="3">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="H26" s="3">
-        <v>2390</v>
+        <v>1500</v>
       </c>
       <c r="I26" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2390</v>
+        <v>1900</v>
       </c>
       <c r="J26" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.22870813397129186</v>
+        <v>0.2014846235418876</v>
       </c>
       <c r="K26" s="10">
-        <v>141.98</v>
+        <v>112.56</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E27" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F27" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G27" s="3">
+        <v>240</v>
+      </c>
+      <c r="H27" s="3">
         <v>290</v>
       </c>
-      <c r="H27" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I27" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>540</v>
+        <v>530</v>
       </c>
       <c r="J27" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.05167464114832536</v>
+        <v>0.05620360551431602</v>
       </c>
       <c r="K27" s="10">
-        <v>32.1</v>
+        <v>31.4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E28" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F28" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G28" s="3">
-        <v>0</v>
+        <v>370</v>
       </c>
       <c r="H28" s="3">
-        <v>210</v>
+        <v>110</v>
       </c>
       <c r="I28" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>210</v>
+        <v>480</v>
       </c>
       <c r="J28" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.02009569377990431</v>
+        <v>0.05090137857900319</v>
       </c>
       <c r="K28" s="10">
-        <v>12.48</v>
+        <v>28.4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E29" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F29" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G29" s="3">
-        <v>560</v>
+        <v>1020</v>
       </c>
       <c r="H29" s="3">
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="I29" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>700</v>
+        <v>1150</v>
       </c>
       <c r="J29" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.06698564593301436</v>
+        <v>0.12195121951219513</v>
       </c>
       <c r="K29" s="10">
-        <v>41.68</v>
+        <v>68.12</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E30" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F30" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G30" s="3">
         <v>0</v>
       </c>
       <c r="H30" s="3">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="I30" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="J30" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.022966507177033496</v>
+        <v>0.024390243902439025</v>
       </c>
       <c r="K30" s="10">
-        <v>14.22</v>
+        <v>13.7</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E31" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F31" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G31" s="3">
         <v>410</v>
       </c>
       <c r="H31" s="3">
-        <v>280</v>
+        <v>330</v>
       </c>
       <c r="I31" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>690</v>
+        <v>740</v>
       </c>
       <c r="J31" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.06602870813397128</v>
+        <v>0.0784729586426299</v>
       </c>
       <c r="K31" s="10">
-        <v>41.04</v>
+        <v>43.86</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="36.13144302368164" customWidth="1"/>
-    <col min="4" max="4" width="31.210498809814453" customWidth="1"/>
+    <col min="4" max="4" width="33.529788970947266" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>105.74</v>
+        <v>24.29</v>
       </c>
       <c r="D3" s="4">
-        <v>105.74</v>
+        <v>24.29</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>211.48</v>
+        <v>48.58</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-38.76</v>
+        <v>-8.86</v>
       </c>
       <c r="D4" s="4">
-        <v>-38.76</v>
+        <v>-8.86</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-77.52</v>
+        <v>-17.72</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B6" s="4">
@@ -3783,148 +3783,148 @@
       <c r="A7" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>66.98</v>
+        <v>15.43</v>
       </c>
       <c r="D8" s="4">
-        <v>66.98</v>
+        <v>15.43</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>133.96</v>
+        <v>30.86</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>66.98</v>
+        <v>15.43</v>
       </c>
       <c r="D11" s="4">
-        <v>66.98</v>
+        <v>15.43</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>133.96</v>
+        <v>30.86</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>66.98</v>
+        <v>15.43</v>
       </c>
       <c r="D13" s="4">
-        <v>66.98</v>
+        <v>15.43</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>133.96</v>
+        <v>30.86</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -3937,71 +3937,71 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>105</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E17" s="2">
-        <v>86.7</v>
+        <v>88.12</v>
       </c>
       <c r="F17" s="2">
-        <v>54.94581</v>
+        <v>55.887938</v>
       </c>
       <c r="G17" s="3">
-        <v>490</v>
+        <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>1950</v>
+        <v>550</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2440</v>
+        <v>550</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
         <v>1</v>
       </c>
       <c r="K17" s="10">
-        <v>133.96</v>
+        <v>30.86</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="43.645851135253906" customWidth="1"/>
     <col min="4" max="4" width="35.52476501464844" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
@@ -4020,76 +4020,76 @@
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>24.57</v>
+        <v>19.12</v>
       </c>
       <c r="D3" s="4">
-        <v>24.57</v>
+        <v>19.12</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>49.14</v>
+        <v>38.24</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-8.55</v>
+        <v>-6.52</v>
       </c>
       <c r="D4" s="4">
-        <v>-8.55</v>
+        <v>-6.52</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-17.1</v>
+        <v>-13.04</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B6" s="4">
@@ -4110,148 +4110,148 @@
       <c r="A7" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>16.02</v>
+        <v>12.6</v>
       </c>
       <c r="D8" s="4">
-        <v>16.02</v>
+        <v>12.6</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>32.04</v>
+        <v>25.2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>16.02</v>
+        <v>12.6</v>
       </c>
       <c r="D11" s="4">
-        <v>16.02</v>
+        <v>12.6</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>32.04</v>
+        <v>25.2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>16.02</v>
+        <v>12.6</v>
       </c>
       <c r="D13" s="4">
-        <v>16.02</v>
+        <v>12.6</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>32.04</v>
+        <v>25.2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -4264,71 +4264,71 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>105</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E17" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F17" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>630</v>
+        <v>480</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>630</v>
+        <v>480</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
         <v>1</v>
       </c>
       <c r="K17" s="10">
-        <v>32.04</v>
+        <v>25.2</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="21.412601470947266" customWidth="1"/>
     <col min="4" max="4" width="31.34963607788086" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
@@ -4347,76 +4347,76 @@
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>89.6</v>
+        <v>72.46</v>
       </c>
       <c r="D3" s="4">
-        <v>89.6</v>
+        <v>72.46</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>179.2</v>
+        <v>144.92</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-32.78</v>
+        <v>-26.59</v>
       </c>
       <c r="D4" s="4">
-        <v>-32.78</v>
+        <v>-26.59</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-65.56</v>
+        <v>-53.18</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B6" s="4">
@@ -4437,148 +4437,148 @@
       <c r="A7" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>56.82</v>
+        <v>45.87</v>
       </c>
       <c r="D8" s="4">
-        <v>56.82</v>
+        <v>45.87</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>113.64</v>
+        <v>91.74</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>56.82</v>
+        <v>45.87</v>
       </c>
       <c r="D11" s="4">
-        <v>56.82</v>
+        <v>45.87</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>113.64</v>
+        <v>91.74</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>56.82</v>
+        <v>45.87</v>
       </c>
       <c r="D13" s="4">
-        <v>56.82</v>
+        <v>45.87</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>113.64</v>
+        <v>91.74</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -4591,196 +4591,196 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>105</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E17" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F17" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G17" s="3">
-        <v>220</v>
+        <v>240</v>
       </c>
       <c r="H17" s="3">
-        <v>1380</v>
+        <v>620</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1600</v>
+        <v>860</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.7804878048780488</v>
+        <v>0.5180722891566265</v>
       </c>
       <c r="K17" s="10">
-        <v>88.6</v>
+        <v>47.56</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E18" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F18" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G18" s="3">
-        <v>190</v>
+        <v>560</v>
       </c>
       <c r="H18" s="3">
-        <v>260</v>
+        <v>240</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>450</v>
+        <v>800</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.2195121951219512</v>
+        <v>0.4819277108433735</v>
       </c>
       <c r="K18" s="10">
-        <v>25.04</v>
+        <v>44.18</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="26.247608184814453" customWidth="1"/>
-    <col min="4" max="4" width="30.686689376831055" customWidth="1"/>
+    <col min="4" max="4" width="33.78350830078125" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>146.75</v>
+        <v>98.76</v>
       </c>
       <c r="D3" s="4">
-        <v>146.75</v>
+        <v>98.76</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>293.5</v>
+        <v>197.52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-54.07</v>
+        <v>-34.59</v>
       </c>
       <c r="D4" s="4">
-        <v>-54.07</v>
+        <v>-34.59</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-108.14</v>
+        <v>-69.18</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B6" s="4">
@@ -4801,148 +4801,148 @@
       <c r="A7" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>92.68</v>
+        <v>64.17</v>
       </c>
       <c r="D8" s="4">
-        <v>92.68</v>
+        <v>64.17</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>185.36</v>
+        <v>128.34</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>92.68</v>
+        <v>64.17</v>
       </c>
       <c r="D11" s="4">
-        <v>92.68</v>
+        <v>64.17</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>185.36</v>
+        <v>128.34</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>100</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>92.68</v>
+        <v>64.17</v>
       </c>
       <c r="D13" s="4">
-        <v>92.68</v>
+        <v>64.17</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>185.36</v>
+        <v>128.34</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -4955,93 +4955,93 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>105</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E17" s="2">
-        <v>89.73</v>
+        <v>94.41</v>
       </c>
       <c r="F17" s="2">
-        <v>56.66545</v>
+        <v>61.28837</v>
       </c>
       <c r="G17" s="3">
-        <v>530</v>
+        <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>360</v>
+        <v>310</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>890</v>
+        <v>310</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.27217125382262997</v>
+        <v>0.14832535885167467</v>
       </c>
       <c r="K17" s="10">
-        <v>50.44</v>
+        <v>19.2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E18" s="2">
-        <v>89.73</v>
+        <v>94.41</v>
       </c>
       <c r="F18" s="2">
-        <v>56.66545</v>
+        <v>61.28837</v>
       </c>
       <c r="G18" s="3">
-        <v>860</v>
+        <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>1520</v>
+        <v>1780</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2380</v>
+        <v>1780</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.72782874617737</v>
+        <v>0.8516746411483254</v>
       </c>
       <c r="K18" s="10">
-        <v>134.92</v>
+        <v>109.14</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>