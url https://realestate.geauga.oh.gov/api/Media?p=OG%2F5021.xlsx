--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -10,80 +10,80 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId2"/>
     <sheet name="16-HUNTSBURG TWP-CARDINAL LSD" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <si>
     <t>Oil and Gas Company #5021</t>
   </si>
   <si>
     <t>ZORAN OIL &amp; GAS CO INC</t>
   </si>
   <si>
     <t>Date Generated:</t>
   </si>
   <si>
-    <t>02/03/2025</t>
+    <t>01/08/2026</t>
   </si>
   <si>
     <t>2707 STATE ROUTE 307 EAST</t>
   </si>
   <si>
     <t>Tax Year:</t>
   </si>
   <si>
-    <t>2024</t>
+    <t>2025</t>
   </si>
   <si>
     <t>JEFFERSON, OH 44047</t>
   </si>
   <si>
     <t>Due Date:</t>
   </si>
   <si>
-    <t>02/26/2025</t>
+    <t>02/18/2026</t>
   </si>
   <si>
     <t>District Summary</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Full Rate</t>
   </si>
   <si>
     <t>Effective Rate</t>
   </si>
   <si>
     <t>Oil Value</t>
   </si>
   <si>
     <t>Gas Value</t>
   </si>
   <si>
     <t>Total Value</t>
   </si>
   <si>
     <t>Prior Due</t>
   </si>
@@ -103,50 +103,56 @@
     <t>16-HUNTSBURG TWP-CARDINAL LSD</t>
   </si>
   <si>
     <t>Permit Summary</t>
   </si>
   <si>
     <t>Permit</t>
   </si>
   <si>
     <t>WellName</t>
   </si>
   <si>
     <t>Districts</t>
   </si>
   <si>
     <t>34055211180000</t>
   </si>
   <si>
     <t xml:space="preserve">KAUFMAN     1</t>
   </si>
   <si>
     <t>34055211190000</t>
   </si>
   <si>
     <t>KAUFMAN # 2</t>
+  </si>
+  <si>
+    <t>34055212670000</t>
+  </si>
+  <si>
+    <t>JANSON # 1 (1993)</t>
   </si>
   <si>
     <t>District Taxes</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Prior</t>
   </si>
   <si>
     <t>First</t>
   </si>
   <si>
     <t>Second</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Gross</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
@@ -275,122 +281,122 @@
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="SummaryDistrictTable" displayName="SummaryDistrictTable" ref="A8:K9" headerRowCount="1">
   <autoFilter ref="A8:K9"/>
   <tableColumns count="11">
     <tableColumn id="1" name="District Name"/>
     <tableColumn id="2" name="Full Rate"/>
     <tableColumn id="3" name="Effective Rate"/>
     <tableColumn id="4" name="Oil Value"/>
     <tableColumn id="5" name="Gas Value"/>
     <tableColumn id="6" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="7" name="Prior Due"/>
     <tableColumn id="8" name="Half Due"/>
     <tableColumn id="9" name="Full Due"/>
     <tableColumn id="10" name="Total Due">
       <calculatedColumnFormula>[Prior Due] + [Half Due] + [Full Due]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Permit Count"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A13:F15" headerRowCount="1">
-  <autoFilter ref="A13:F15"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A13:F16" headerRowCount="1">
+  <autoFilter ref="A13:F16"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Permit"/>
     <tableColumn id="2" name="WellName"/>
     <tableColumn id="3" name="Oil Value"/>
     <tableColumn id="4" name="Gas Value"/>
     <tableColumn id="5" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="6" name="Districts"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="DistrictTable_16" displayName="DistrictTable_16" ref="A16:K18" headerRowCount="1">
-  <autoFilter ref="A16:K18"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="DistrictTable_16" displayName="DistrictTable_16" ref="A16:K19" headerRowCount="1">
+  <autoFilter ref="A16:K19"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
     <tableColumn id="8" name="Gas Value"/>
     <tableColumn id="9" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="10" name="Percentage of District Value">
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="TaxTable_16" displayName="TaxTable_16" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K15"/>
+  <dimension ref="A1:K16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="35.84774398803711" customWidth="1"/>
-    <col min="2" max="2" width="14.18055248260498" customWidth="1"/>
+    <col min="2" max="2" width="17.874841690063477" customWidth="1"/>
     <col min="3" max="3" width="15.996493339538574" customWidth="1"/>
     <col min="4" max="4" width="12.350568771362305" customWidth="1"/>
     <col min="5" max="5" width="40" customWidth="1"/>
     <col min="6" max="6" width="33.46022033691406" customWidth="1"/>
     <col min="7" max="7" width="11.938273429870605" customWidth="1"/>
     <col min="8" max="8" width="11.218035697937012" customWidth="1"/>
     <col min="9" max="9" width="10.801648139953613" customWidth="1"/>
     <col min="10" max="10" width="12.127540588378906" customWidth="1"/>
     <col min="11" max="11" width="15.31336498260498" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>3</v>
@@ -441,496 +447,554 @@
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="C9" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="D9" s="3">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="E9" s="3">
-        <v>120</v>
+        <v>180</v>
       </c>
       <c r="F9" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>120</v>
+        <v>780</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
-        <v>3.46</v>
+        <v>21.71</v>
       </c>
       <c r="I9" s="4">
-        <v>3.46</v>
+        <v>21.71</v>
       </c>
       <c r="J9" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>6.92</v>
+        <v>43.42</v>
       </c>
       <c r="K9" s="0">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E13" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C14" s="6">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="D14" s="6">
         <v>60</v>
       </c>
       <c r="E14" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>60</v>
+        <v>210</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="6">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="D15" s="6">
         <v>60</v>
       </c>
       <c r="E15" s="8">
         <f>[Oil Value]+[Gas Value]</f>
+        <v>210</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C16" s="6">
+        <v>300</v>
+      </c>
+      <c r="D16" s="6">
         <v>60</v>
       </c>
-      <c r="F15" s="5" t="s">
+      <c r="E16" s="8">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>360</v>
+      </c>
+      <c r="F16" s="5" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K18"/>
+  <dimension ref="A1:K19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
-    <col min="3" max="3" width="14.18055248260498" customWidth="1"/>
+    <col min="3" max="3" width="17.874841690063477" customWidth="1"/>
     <col min="4" max="4" width="33.46022033691406" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>5.44</v>
+        <v>34.56</v>
       </c>
       <c r="D3" s="4">
-        <v>5.44</v>
+        <v>34.56</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>10.88</v>
+        <v>69.12</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-1.98</v>
+        <v>-12.85</v>
       </c>
       <c r="D4" s="4">
-        <v>-1.98</v>
+        <v>-12.85</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-3.96</v>
+        <v>-25.7</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>3.46</v>
+        <v>21.71</v>
       </c>
       <c r="D8" s="4">
-        <v>3.46</v>
+        <v>21.71</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>6.92</v>
+        <v>43.42</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>3.46</v>
+        <v>21.71</v>
       </c>
       <c r="D11" s="4">
-        <v>3.46</v>
+        <v>21.71</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>6.92</v>
+        <v>43.42</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>3.46</v>
+        <v>21.71</v>
       </c>
       <c r="D13" s="4">
-        <v>3.46</v>
+        <v>21.71</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>6.92</v>
+        <v>43.42</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F17" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G17" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="H17" s="3">
         <v>60</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>60</v>
+        <v>210</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.5</v>
+        <v>0.2692307692307693</v>
       </c>
       <c r="K17" s="10">
-        <v>3.46</v>
+        <v>11.7</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F18" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G18" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="H18" s="3">
         <v>60</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>60</v>
+        <v>210</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.5</v>
+        <v>0.2692307692307693</v>
       </c>
       <c r="K18" s="10">
-        <v>3.46</v>
+        <v>11.7</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E19" s="2">
+        <v>88.42</v>
+      </c>
+      <c r="F19" s="2">
+        <v>55.563296</v>
+      </c>
+      <c r="G19" s="3">
+        <v>300</v>
+      </c>
+      <c r="H19" s="3">
+        <v>60</v>
+      </c>
+      <c r="I19" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>360</v>
+      </c>
+      <c r="J19" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.46153846153846156</v>
+      </c>
+      <c r="K19" s="10">
+        <v>20.02</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>