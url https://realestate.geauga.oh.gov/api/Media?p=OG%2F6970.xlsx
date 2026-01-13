--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -17,69 +17,69 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <si>
     <t>Oil and Gas Company #6970</t>
   </si>
   <si>
     <t>VANGUARD OIL &amp; GAS LLC</t>
   </si>
   <si>
     <t>Date Generated:</t>
   </si>
   <si>
-    <t>02/03/2025</t>
+    <t>01/08/2026</t>
   </si>
   <si>
     <t>P O BOX 1300</t>
   </si>
   <si>
     <t>Tax Year:</t>
   </si>
   <si>
-    <t>2024</t>
+    <t>2025</t>
   </si>
   <si>
     <t>EAST LANSING, MI 48826</t>
   </si>
   <si>
     <t>Due Date:</t>
   </si>
   <si>
-    <t>02/26/2025</t>
+    <t>02/18/2026</t>
   </si>
   <si>
     <t>District Summary</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Full Rate</t>
   </si>
   <si>
     <t>Effective Rate</t>
   </si>
   <si>
     <t>Oil Value</t>
   </si>
   <si>
     <t>Gas Value</t>
   </si>
   <si>
     <t>Total Value</t>
   </si>
   <si>
     <t>Prior Due</t>
   </si>