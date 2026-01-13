--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -6,127 +6,127 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId2"/>
-    <sheet name="11-CHESTER TWP-W GEAUGA LSD" sheetId="2" r:id="rId3"/>
+    <sheet name="11-CHESTER TWP-WEST GEAUGA LSD" sheetId="2" r:id="rId3"/>
     <sheet name="25-PARKMAN TWP-CARDINAL LSD" sheetId="3" r:id="rId4"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <si>
     <t>Oil and Gas Company #8104</t>
   </si>
   <si>
     <t>INDUSTRY STANDARD SUPPLIES INC</t>
   </si>
   <si>
     <t>Date Generated:</t>
   </si>
   <si>
-    <t>02/03/2025</t>
+    <t>01/08/2026</t>
   </si>
   <si>
     <t>179 W BROADWAY</t>
   </si>
   <si>
     <t>Tax Year:</t>
   </si>
   <si>
-    <t>2024</t>
+    <t>2025</t>
   </si>
   <si>
     <t>DOVER, OH 44622</t>
   </si>
   <si>
     <t>Due Date:</t>
   </si>
   <si>
-    <t>02/26/2025</t>
+    <t>02/18/2026</t>
   </si>
   <si>
     <t>District Summary</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Full Rate</t>
   </si>
   <si>
     <t>Effective Rate</t>
   </si>
   <si>
     <t>Oil Value</t>
   </si>
   <si>
     <t>Gas Value</t>
   </si>
   <si>
     <t>Total Value</t>
   </si>
   <si>
     <t>Prior Due</t>
   </si>
   <si>
     <t>Half Due</t>
   </si>
   <si>
     <t>Full Due</t>
   </si>
   <si>
     <t>Total Due</t>
   </si>
   <si>
     <t>Permit Count</t>
   </si>
   <si>
-    <t>11-CHESTER TWP-W GEAUGA LSD</t>
+    <t>11-CHESTER TWP-WEST GEAUGA LSD</t>
   </si>
   <si>
     <t>25-PARKMAN TWP-CARDINAL LSD</t>
   </si>
   <si>
     <t>Permit Summary</t>
   </si>
   <si>
     <t>Permit</t>
   </si>
   <si>
     <t>WellName</t>
   </si>
   <si>
     <t>Districts</t>
   </si>
   <si>
     <t>34055216600000</t>
   </si>
   <si>
     <t>MIKLAUSICH # 1</t>
   </si>
   <si>
     <t>34055216810000</t>
   </si>
@@ -415,51 +415,51 @@
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="35.84774398803711" customWidth="1"/>
     <col min="2" max="2" width="16.79755401611328" customWidth="1"/>
     <col min="3" max="3" width="15.996493339538574" customWidth="1"/>
     <col min="4" max="4" width="12.350568771362305" customWidth="1"/>
     <col min="5" max="5" width="40" customWidth="1"/>
-    <col min="6" max="6" width="31.34963607788086" customWidth="1"/>
+    <col min="6" max="6" width="34.19375991821289" customWidth="1"/>
     <col min="7" max="7" width="11.938273429870605" customWidth="1"/>
     <col min="8" max="8" width="11.218035697937012" customWidth="1"/>
     <col min="9" max="9" width="10.801648139953613" customWidth="1"/>
     <col min="10" max="10" width="12.127540588378906" customWidth="1"/>
     <col min="11" max="11" width="15.31336498260498" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
@@ -506,335 +506,335 @@
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="C9" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="D9" s="3">
-        <v>920</v>
+        <v>1000</v>
       </c>
       <c r="E9" s="3">
-        <v>530</v>
+        <v>780</v>
       </c>
       <c r="F9" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1450</v>
+        <v>1780</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
-        <v>39.92</v>
+        <v>50.76</v>
       </c>
       <c r="I9" s="4">
-        <v>39.92</v>
+        <v>50.76</v>
       </c>
       <c r="J9" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>79.84</v>
+        <v>101.52</v>
       </c>
       <c r="K9" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="C10" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="D10" s="3">
-        <v>870</v>
+        <v>200</v>
       </c>
       <c r="E10" s="3">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="F10" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1000</v>
+        <v>310</v>
       </c>
       <c r="G10" s="4">
         <v>0</v>
       </c>
       <c r="H10" s="4">
-        <v>27.69</v>
+        <v>8.6</v>
       </c>
       <c r="I10" s="4">
-        <v>27.69</v>
+        <v>8.6</v>
       </c>
       <c r="J10" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>55.38</v>
+        <v>17.2</v>
       </c>
       <c r="K10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="6">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="D15" s="6">
-        <v>160</v>
+        <v>250</v>
       </c>
       <c r="E15" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>300</v>
+        <v>450</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="6">
-        <v>220</v>
+        <v>240</v>
       </c>
       <c r="D16" s="6">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="E16" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>230</v>
+        <v>330</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C17" s="6">
-        <v>240</v>
+        <v>210</v>
       </c>
       <c r="D17" s="6">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="E17" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C18" s="6">
-        <v>870</v>
+        <v>200</v>
       </c>
       <c r="D18" s="6">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="E18" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1000</v>
+        <v>310</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C19" s="6">
-        <v>320</v>
+        <v>350</v>
       </c>
       <c r="D19" s="6">
-        <v>340</v>
+        <v>380</v>
       </c>
       <c r="E19" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>660</v>
+        <v>730</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="16.79755401611328" customWidth="1"/>
-    <col min="4" max="4" width="31.096939086914062" customWidth="1"/>
+    <col min="4" max="4" width="34.19375991821289" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>63.04</v>
+        <v>79.22</v>
       </c>
       <c r="D3" s="4">
-        <v>63.04</v>
+        <v>79.22</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>126.08</v>
+        <v>158.44</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-23.12</v>
+        <v>-28.46</v>
       </c>
       <c r="D4" s="4">
-        <v>-23.12</v>
+        <v>-28.46</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-46.24</v>
+        <v>-56.92</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B6" s="4">
@@ -855,148 +855,148 @@
       <c r="A7" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>39.92</v>
+        <v>50.76</v>
       </c>
       <c r="D8" s="4">
-        <v>39.92</v>
+        <v>50.76</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>79.84</v>
+        <v>101.52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>39.92</v>
+        <v>50.76</v>
       </c>
       <c r="D11" s="4">
-        <v>39.92</v>
+        <v>50.76</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>79.84</v>
+        <v>101.52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>39.92</v>
+        <v>50.76</v>
       </c>
       <c r="D13" s="4">
-        <v>39.92</v>
+        <v>50.76</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>79.84</v>
+        <v>101.52</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -1009,182 +1009,182 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>58</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F17" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G17" s="3">
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="H17" s="3">
-        <v>160</v>
+        <v>250</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>300</v>
+        <v>450</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.20689655172413793</v>
+        <v>0.25280898876404495</v>
       </c>
       <c r="K17" s="10">
-        <v>16.62</v>
+        <v>25.74</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F18" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G18" s="3">
-        <v>220</v>
+        <v>240</v>
       </c>
       <c r="H18" s="3">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>230</v>
+        <v>330</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.15862068965517243</v>
+        <v>0.1853932584269663</v>
       </c>
       <c r="K18" s="10">
-        <v>12.68</v>
+        <v>18.78</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F19" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G19" s="3">
-        <v>240</v>
+        <v>210</v>
       </c>
       <c r="H19" s="3">
-        <v>20</v>
+        <v>60</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.17931034482758623</v>
+        <v>0.15168539325842698</v>
       </c>
       <c r="K19" s="10">
-        <v>14.38</v>
+        <v>15.46</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>36</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F20" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G20" s="3">
-        <v>320</v>
+        <v>350</v>
       </c>
       <c r="H20" s="3">
-        <v>340</v>
+        <v>380</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>660</v>
+        <v>730</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.4551724137931034</v>
+        <v>0.4101123595505618</v>
       </c>
       <c r="K20" s="10">
-        <v>36.16</v>
+        <v>41.54</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="15.638421058654785" customWidth="1"/>
     <col min="4" max="4" width="31.34963607788086" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
@@ -1203,76 +1203,76 @@
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>43.69</v>
+        <v>13.54</v>
       </c>
       <c r="D3" s="4">
-        <v>43.69</v>
+        <v>13.54</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>87.38</v>
+        <v>27.08</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-16</v>
+        <v>-4.94</v>
       </c>
       <c r="D4" s="4">
-        <v>-16</v>
+        <v>-4.94</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-32</v>
+        <v>-9.88</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B6" s="4">
@@ -1293,148 +1293,148 @@
       <c r="A7" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>27.69</v>
+        <v>8.6</v>
       </c>
       <c r="D8" s="4">
-        <v>27.69</v>
+        <v>8.6</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>55.38</v>
+        <v>17.2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>27.69</v>
+        <v>8.6</v>
       </c>
       <c r="D11" s="4">
-        <v>27.69</v>
+        <v>8.6</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>55.38</v>
+        <v>17.2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>27.69</v>
+        <v>8.6</v>
       </c>
       <c r="D13" s="4">
-        <v>27.69</v>
+        <v>8.6</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>55.38</v>
+        <v>17.2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
@@ -1447,56 +1447,56 @@
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
         <v>58</v>
       </c>
       <c r="K16" s="0" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F17" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G17" s="3">
-        <v>870</v>
+        <v>200</v>
       </c>
       <c r="H17" s="3">
-        <v>130</v>
+        <v>110</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1000</v>
+        <v>310</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
         <v>1</v>
       </c>
       <c r="K17" s="10">
-        <v>55.38</v>
+        <v>17.2</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>