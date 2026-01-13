--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -19,163 +19,163 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table12.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table13.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId2"/>
     <sheet name="01-AUBURN TWP-KENSTON LSD" sheetId="2" r:id="rId3"/>
-    <sheet name="11-CHESTER TWP-W GEAUGA LSD" sheetId="3" r:id="rId4"/>
-[...1 lines deleted...]
-    <sheet name="22-MUNSON TWP-W GEAUGA LSD" sheetId="5" r:id="rId6"/>
+    <sheet name="11-CHESTER TWP-WEST GEAUGA LSD" sheetId="3" r:id="rId4"/>
+    <sheet name="18-MIDDLEFIELD TWP-CARDINAL LSD" sheetId="4" r:id="rId5"/>
+    <sheet name="22-MUNSON TWP-WEST GEAUGA LSD" sheetId="5" r:id="rId6"/>
     <sheet name="25-PARKMAN TWP-CARDINAL LSD" sheetId="6" r:id="rId7"/>
     <sheet name="32-TROY TWP-BERKSHIRE LSD" sheetId="7" r:id="rId8"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="100">
   <si>
     <t>Oil and Gas Company #8738</t>
   </si>
   <si>
     <t>J WELL SERVICE INC</t>
   </si>
   <si>
     <t>Date Generated:</t>
   </si>
   <si>
-    <t>02/03/2025</t>
-[...2 lines deleted...]
-    <t>106 E MARKET ST</t>
+    <t>01/08/2026</t>
+  </si>
+  <si>
+    <t>PO BOX 328</t>
   </si>
   <si>
     <t>Tax Year:</t>
   </si>
   <si>
-    <t>2024</t>
-[...2 lines deleted...]
-    <t>WARREN, OH 44481</t>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>WARREN, OH 44482-0328</t>
   </si>
   <si>
     <t>Due Date:</t>
   </si>
   <si>
-    <t>02/26/2025</t>
+    <t>02/18/2026</t>
   </si>
   <si>
     <t>District Summary</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Full Rate</t>
   </si>
   <si>
     <t>Effective Rate</t>
   </si>
   <si>
     <t>Oil Value</t>
   </si>
   <si>
     <t>Gas Value</t>
   </si>
   <si>
     <t>Total Value</t>
   </si>
   <si>
     <t>Prior Due</t>
   </si>
   <si>
     <t>Half Due</t>
   </si>
   <si>
     <t>Full Due</t>
   </si>
   <si>
     <t>Total Due</t>
   </si>
   <si>
     <t>Permit Count</t>
   </si>
   <si>
     <t>01-AUBURN TWP-KENSTON LSD</t>
   </si>
   <si>
-    <t>11-CHESTER TWP-W GEAUGA LSD</t>
-[...5 lines deleted...]
-    <t>22-MUNSON TWP-W GEAUGA LSD</t>
+    <t>11-CHESTER TWP-WEST GEAUGA LSD</t>
+  </si>
+  <si>
+    <t>18-MIDDLEFIELD TWP-CARDINAL LSD</t>
+  </si>
+  <si>
+    <t>22-MUNSON TWP-WEST GEAUGA LSD</t>
   </si>
   <si>
     <t>25-PARKMAN TWP-CARDINAL LSD</t>
   </si>
   <si>
     <t>32-TROY TWP-BERKSHIRE LSD</t>
   </si>
   <si>
     <t>Permit Summary</t>
   </si>
   <si>
     <t>Permit</t>
   </si>
   <si>
     <t>WellName</t>
   </si>
   <si>
     <t>Districts</t>
   </si>
   <si>
-    <t>34055203620000</t>
-[...2 lines deleted...]
-    <t>D D S MILLER # 1</t>
+    <t>34055204770000</t>
+  </si>
+  <si>
+    <t>MILLER UNIT # 1</t>
   </si>
   <si>
     <t>34055216150000</t>
   </si>
   <si>
     <t>SUNNYBROOK FARMS UNIT # 1</t>
   </si>
   <si>
     <t>34055216480000</t>
   </si>
   <si>
     <t>SUNNYBROOK # 2</t>
   </si>
   <si>
     <t>34055216560000</t>
   </si>
   <si>
     <t>SUNNYBROOK-KAPEL UNIT # 3</t>
   </si>
   <si>
     <t>34055216610000</t>
   </si>
   <si>
     <t>VALIGORE UNIT # 1</t>
   </si>
@@ -186,50 +186,56 @@
     <t>RUSSELL UNIT # 1</t>
   </si>
   <si>
     <t>34055216700000</t>
   </si>
   <si>
     <t>MUNSON REALTY UNIT # 1</t>
   </si>
   <si>
     <t>34055216890000</t>
   </si>
   <si>
     <t>OSTROWSKI UNIT # 1</t>
   </si>
   <si>
     <t>34055216950000</t>
   </si>
   <si>
     <t>RUSSELL UNIT # 2</t>
   </si>
   <si>
     <t>34055217430000</t>
   </si>
   <si>
     <t>KICK UNIT # 1</t>
+  </si>
+  <si>
+    <t>34055217440000</t>
+  </si>
+  <si>
+    <t>WOOD # 1</t>
   </si>
   <si>
     <t>34055218020000</t>
   </si>
   <si>
     <t xml:space="preserve">MUNSON REALTY UNIT     3</t>
   </si>
   <si>
     <t>34055218050000</t>
   </si>
   <si>
     <t xml:space="preserve">MUNSON REALTY     2</t>
   </si>
   <si>
     <t>34055218060000</t>
   </si>
   <si>
     <t xml:space="preserve">COOPER UNIT     1</t>
   </si>
   <si>
     <t>34055218080000</t>
   </si>
   <si>
     <t xml:space="preserve">PALMIERI     1</t>
   </si>
@@ -520,52 +526,52 @@
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table14.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="14" name="TaxTable_32" displayName="TaxTable_32" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A18:F39" headerRowCount="1">
-  <autoFilter ref="A18:F39"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A18:F40" headerRowCount="1">
+  <autoFilter ref="A18:F40"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Permit"/>
     <tableColumn id="2" name="WellName"/>
     <tableColumn id="3" name="Oil Value"/>
     <tableColumn id="4" name="Gas Value"/>
     <tableColumn id="5" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="6" name="Districts"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="DistrictTable_01" displayName="DistrictTable_01" ref="A16:K18" headerRowCount="1">
   <autoFilter ref="A16:K18"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
@@ -657,108 +663,108 @@
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="8" name="TaxTable_18" displayName="TaxTable_18" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table9.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="9" name="DistrictTable_22" displayName="DistrictTable_22" ref="A16:K20" headerRowCount="1">
-  <autoFilter ref="A16:K20"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="9" name="DistrictTable_22" displayName="DistrictTable_22" ref="A16:K21" headerRowCount="1">
+  <autoFilter ref="A16:K21"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
     <tableColumn id="8" name="Gas Value"/>
     <tableColumn id="9" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="10" name="Percentage of District Value">
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table14.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K39"/>
+  <dimension ref="A1:K40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="35.84774398803711" customWidth="1"/>
     <col min="2" max="2" width="28.693758010864258" customWidth="1"/>
     <col min="3" max="3" width="15.996493339538574" customWidth="1"/>
     <col min="4" max="4" width="12.350568771362305" customWidth="1"/>
     <col min="5" max="5" width="40" customWidth="1"/>
-    <col min="6" max="6" width="32.70621871948242" customWidth="1"/>
+    <col min="6" max="6" width="34.81373596191406" customWidth="1"/>
     <col min="7" max="7" width="11.938273429870605" customWidth="1"/>
     <col min="8" max="8" width="11.218035697937012" customWidth="1"/>
     <col min="9" max="9" width="10.801648139953613" customWidth="1"/>
     <col min="10" max="10" width="12.127540588378906" customWidth="1"/>
     <col min="11" max="11" width="15.31336498260498" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
@@ -805,3233 +811,3291 @@
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2">
-        <v>121.55</v>
+        <v>121.53</v>
       </c>
       <c r="C9" s="2">
-        <v>72.230504</v>
+        <v>72.333483</v>
       </c>
       <c r="D9" s="3">
-        <v>14450</v>
+        <v>19570</v>
       </c>
       <c r="E9" s="3">
-        <v>12860</v>
+        <v>10190</v>
       </c>
       <c r="F9" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>27310</v>
+        <v>29760</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
-        <v>986.47</v>
+        <v>1076.33</v>
       </c>
       <c r="I9" s="4">
-        <v>986.47</v>
+        <v>1076.33</v>
       </c>
       <c r="J9" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>1972.94</v>
+        <v>2152.66</v>
       </c>
       <c r="K9" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="C10" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="D10" s="3">
-        <v>1220</v>
+        <v>960</v>
       </c>
       <c r="E10" s="3">
-        <v>1700</v>
+        <v>1540</v>
       </c>
       <c r="F10" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2920</v>
+        <v>2500</v>
       </c>
       <c r="G10" s="4">
         <v>0</v>
       </c>
       <c r="H10" s="4">
-        <v>80.22</v>
+        <v>71.34</v>
       </c>
       <c r="I10" s="4">
-        <v>80.22</v>
+        <v>71.34</v>
       </c>
       <c r="J10" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>160.44</v>
+        <v>142.68</v>
       </c>
       <c r="K10" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="C11" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="D11" s="3">
-        <v>390</v>
+        <v>0</v>
       </c>
       <c r="E11" s="3">
-        <v>70</v>
+        <v>190</v>
       </c>
       <c r="F11" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>460</v>
+        <v>190</v>
       </c>
       <c r="G11" s="4">
         <v>0</v>
       </c>
       <c r="H11" s="4">
-        <v>13.68</v>
+        <v>5.66</v>
       </c>
       <c r="I11" s="4">
-        <v>13.68</v>
+        <v>5.66</v>
       </c>
       <c r="J11" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>27.36</v>
+        <v>11.32</v>
       </c>
       <c r="K11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="2">
-        <v>78.12</v>
+        <v>79.81</v>
       </c>
       <c r="C12" s="2">
-        <v>50.804872</v>
+        <v>52.531381</v>
       </c>
       <c r="D12" s="3">
-        <v>0</v>
+        <v>170</v>
       </c>
       <c r="E12" s="3">
-        <v>1480</v>
+        <v>1220</v>
       </c>
       <c r="F12" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1480</v>
+        <v>1390</v>
       </c>
       <c r="G12" s="4">
         <v>0</v>
       </c>
       <c r="H12" s="4">
-        <v>37.65</v>
+        <v>36.74</v>
       </c>
       <c r="I12" s="4">
-        <v>37.65</v>
+        <v>36.74</v>
       </c>
       <c r="J12" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>75.3</v>
+        <v>73.48</v>
       </c>
       <c r="K12" s="0">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="C13" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="D13" s="3">
-        <v>5350</v>
+        <v>5080</v>
       </c>
       <c r="E13" s="3">
-        <v>330</v>
+        <v>150</v>
       </c>
       <c r="F13" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5680</v>
+        <v>5230</v>
       </c>
       <c r="G13" s="4">
         <v>0</v>
       </c>
       <c r="H13" s="4">
-        <v>157.32</v>
+        <v>144.33</v>
       </c>
       <c r="I13" s="4">
-        <v>157.32</v>
+        <v>144.33</v>
       </c>
       <c r="J13" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>314.64</v>
+        <v>288.66</v>
       </c>
       <c r="K13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="C14" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="D14" s="3">
-        <v>45510</v>
+        <v>43340</v>
       </c>
       <c r="E14" s="3">
-        <v>22400</v>
+        <v>16550</v>
       </c>
       <c r="F14" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>67910</v>
+        <v>59890</v>
       </c>
       <c r="G14" s="4">
         <v>0</v>
       </c>
       <c r="H14" s="4">
-        <v>1637.18</v>
+        <v>1436.9</v>
       </c>
       <c r="I14" s="4">
-        <v>1637.18</v>
+        <v>1436.9</v>
       </c>
       <c r="J14" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>3274.36</v>
+        <v>2873.8</v>
       </c>
       <c r="K14" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C19" s="6">
-        <v>390</v>
+        <v>0</v>
       </c>
       <c r="D19" s="6">
-        <v>70</v>
+        <v>190</v>
       </c>
       <c r="E19" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>460</v>
+        <v>190</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="E20" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>37</v>
       </c>
       <c r="C21" s="6">
         <v>0</v>
       </c>
       <c r="D21" s="6">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="E21" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>39</v>
       </c>
       <c r="C22" s="6">
         <v>0</v>
       </c>
       <c r="D22" s="6">
-        <v>350</v>
+        <v>300</v>
       </c>
       <c r="E22" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>350</v>
+        <v>300</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>41</v>
       </c>
       <c r="C23" s="6">
         <v>0</v>
       </c>
       <c r="D23" s="6">
         <v>320</v>
       </c>
       <c r="E23" s="8">
         <f>[Oil Value]+[Gas Value]</f>
         <v>320</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C24" s="6">
-        <v>370</v>
+        <v>420</v>
       </c>
       <c r="D24" s="6">
-        <v>400</v>
+        <v>320</v>
       </c>
       <c r="E24" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>770</v>
+        <v>740</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6">
-        <v>470</v>
+        <v>400</v>
       </c>
       <c r="E25" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>470</v>
+        <v>400</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>47</v>
       </c>
       <c r="C26" s="6">
         <v>450</v>
       </c>
       <c r="D26" s="6">
         <v>210</v>
       </c>
       <c r="E26" s="8">
         <f>[Oil Value]+[Gas Value]</f>
         <v>660</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>49</v>
       </c>
       <c r="C27" s="6">
-        <v>230</v>
+        <v>90</v>
       </c>
       <c r="D27" s="6">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="E27" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>250</v>
+        <v>90</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>51</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6">
-        <v>320</v>
+        <v>260</v>
       </c>
       <c r="E28" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>320</v>
+        <v>260</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>53</v>
       </c>
       <c r="C29" s="6">
-        <v>0</v>
+        <v>170</v>
       </c>
       <c r="D29" s="6">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="E29" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>400</v>
+        <v>170</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>55</v>
       </c>
       <c r="C30" s="6">
         <v>0</v>
       </c>
       <c r="D30" s="6">
-        <v>290</v>
+        <v>270</v>
       </c>
       <c r="E30" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>290</v>
+        <v>270</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>57</v>
       </c>
       <c r="C31" s="6">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="D31" s="6">
-        <v>40</v>
+        <v>290</v>
       </c>
       <c r="E31" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>210</v>
+        <v>290</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>59</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6">
-        <v>160</v>
+        <v>90</v>
       </c>
       <c r="E32" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>160</v>
+        <v>90</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>61</v>
       </c>
       <c r="C33" s="6">
-        <v>5350</v>
+        <v>0</v>
       </c>
       <c r="D33" s="6">
-        <v>330</v>
+        <v>80</v>
       </c>
       <c r="E33" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5680</v>
+        <v>80</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>63</v>
       </c>
       <c r="C34" s="6">
-        <v>7950</v>
+        <v>5080</v>
       </c>
       <c r="D34" s="6">
-        <v>2210</v>
+        <v>150</v>
       </c>
       <c r="E34" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>10160</v>
+        <v>5230</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>65</v>
       </c>
       <c r="C35" s="6">
-        <v>13650</v>
+        <v>8230</v>
       </c>
       <c r="D35" s="6">
-        <v>7810</v>
+        <v>2030</v>
       </c>
       <c r="E35" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>21460</v>
+        <v>10260</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>67</v>
       </c>
       <c r="C36" s="6">
-        <v>930</v>
+        <v>11830</v>
       </c>
       <c r="D36" s="6">
-        <v>8770</v>
+        <v>5320</v>
       </c>
       <c r="E36" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>9700</v>
+        <v>17150</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>69</v>
       </c>
       <c r="C37" s="6">
-        <v>16500</v>
+        <v>0</v>
       </c>
       <c r="D37" s="6">
-        <v>5540</v>
+        <v>5120</v>
       </c>
       <c r="E37" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>22040</v>
+        <v>5120</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>71</v>
       </c>
       <c r="C38" s="6">
-        <v>7410</v>
+        <v>11910</v>
       </c>
       <c r="D38" s="6">
-        <v>6840</v>
+        <v>4280</v>
       </c>
       <c r="E38" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>14250</v>
+        <v>16190</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>73</v>
       </c>
       <c r="C39" s="6">
-        <v>13520</v>
+        <v>11370</v>
       </c>
       <c r="D39" s="6">
-        <v>4090</v>
+        <v>4920</v>
       </c>
       <c r="E39" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>17610</v>
+        <v>16290</v>
       </c>
       <c r="F39" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="C40" s="6">
+        <v>19570</v>
+      </c>
+      <c r="D40" s="6">
+        <v>5070</v>
+      </c>
+      <c r="E40" s="8">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>24640</v>
+      </c>
+      <c r="F40" s="5" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="15.780627250671387" customWidth="1"/>
     <col min="4" max="4" width="29.401718139648438" customWidth="1"/>
     <col min="5" max="5" width="11.8009033203125" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>1659.89</v>
+        <v>1808.35</v>
       </c>
       <c r="D3" s="4">
-        <v>1659.89</v>
+        <v>1808.35</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>3319.78</v>
+        <v>3616.7</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-673.42</v>
+        <v>-732.02</v>
       </c>
       <c r="D4" s="4">
-        <v>-673.42</v>
+        <v>-732.02</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-1346.84</v>
+        <v>-1464.04</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>986.47</v>
+        <v>1076.33</v>
       </c>
       <c r="D8" s="4">
-        <v>986.47</v>
+        <v>1076.33</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1972.94</v>
+        <v>2152.66</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>986.47</v>
+        <v>1076.33</v>
       </c>
       <c r="D11" s="4">
-        <v>986.47</v>
+        <v>1076.33</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1972.94</v>
+        <v>2152.66</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>986.47</v>
+        <v>1076.33</v>
       </c>
       <c r="D13" s="4">
-        <v>986.47</v>
+        <v>1076.33</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1972.94</v>
+        <v>2152.66</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="2">
-        <v>121.55</v>
+        <v>121.53</v>
       </c>
       <c r="F17" s="2">
-        <v>72.230504</v>
+        <v>72.333483</v>
       </c>
       <c r="G17" s="3">
-        <v>930</v>
+        <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>8770</v>
+        <v>5120</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>9700</v>
+        <v>5120</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.355181252288539</v>
+        <v>0.17204301075268819</v>
       </c>
       <c r="K17" s="10">
-        <v>700.88</v>
+        <v>370.36</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="2">
-        <v>121.55</v>
+        <v>121.53</v>
       </c>
       <c r="F18" s="2">
-        <v>72.230504</v>
+        <v>72.333483</v>
       </c>
       <c r="G18" s="3">
-        <v>13520</v>
+        <v>19570</v>
       </c>
       <c r="H18" s="3">
-        <v>4090</v>
+        <v>5070</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>17610</v>
+        <v>24640</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.6448187477114611</v>
+        <v>0.8279569892473119</v>
       </c>
       <c r="K18" s="10">
-        <v>1272.06</v>
+        <v>1782.3</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="28.693758010864258" customWidth="1"/>
-    <col min="4" max="4" width="31.096939086914062" customWidth="1"/>
+    <col min="4" max="4" width="34.19375991821289" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>126.91</v>
+        <v>111.36</v>
       </c>
       <c r="D3" s="4">
-        <v>126.91</v>
+        <v>111.36</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>253.82</v>
+        <v>222.72</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-46.69</v>
+        <v>-40.02</v>
       </c>
       <c r="D4" s="4">
-        <v>-46.69</v>
+        <v>-40.02</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-93.38</v>
+        <v>-80.04</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>80.22</v>
+        <v>71.34</v>
       </c>
       <c r="D8" s="4">
-        <v>80.22</v>
+        <v>71.34</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>160.44</v>
+        <v>142.68</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>80.22</v>
+        <v>71.34</v>
       </c>
       <c r="D11" s="4">
-        <v>80.22</v>
+        <v>71.34</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>160.44</v>
+        <v>142.68</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>80.22</v>
+        <v>71.34</v>
       </c>
       <c r="D13" s="4">
-        <v>80.22</v>
+        <v>71.34</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>160.44</v>
+        <v>142.68</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F17" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03424657534246575</v>
+        <v>0.044</v>
       </c>
       <c r="K17" s="10">
-        <v>5.58</v>
+        <v>6.32</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E18" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F18" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G18" s="3">
         <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03424657534246575</v>
+        <v>0.044</v>
       </c>
       <c r="K18" s="10">
-        <v>5.58</v>
+        <v>6.32</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E19" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F19" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G19" s="3">
         <v>0</v>
       </c>
       <c r="H19" s="3">
-        <v>350</v>
+        <v>300</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>350</v>
+        <v>300</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.11986301369863014</v>
+        <v>0.12</v>
       </c>
       <c r="K19" s="10">
-        <v>19.28</v>
+        <v>17.26</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E20" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F20" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G20" s="3">
         <v>0</v>
       </c>
       <c r="H20" s="3">
         <v>320</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
         <v>320</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.10958904109589042</v>
+        <v>0.128</v>
       </c>
       <c r="K20" s="10">
-        <v>17.5</v>
+        <v>18.2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E21" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F21" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G21" s="3">
-        <v>370</v>
+        <v>420</v>
       </c>
       <c r="H21" s="3">
-        <v>400</v>
+        <v>320</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>770</v>
+        <v>740</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.2636986301369863</v>
+        <v>0.296</v>
       </c>
       <c r="K21" s="10">
-        <v>42.26</v>
+        <v>42.18</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E22" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F22" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G22" s="3">
         <v>450</v>
       </c>
       <c r="H22" s="3">
         <v>210</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
         <v>660</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.226027397260274</v>
+        <v>0.264</v>
       </c>
       <c r="K22" s="10">
-        <v>36.16</v>
+        <v>37.6</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E23" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F23" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G23" s="3">
-        <v>230</v>
+        <v>90</v>
       </c>
       <c r="H23" s="3">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>250</v>
+        <v>90</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.08561643835616439</v>
+        <v>0.036</v>
       </c>
       <c r="K23" s="10">
-        <v>13.84</v>
+        <v>5.12</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E24" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F24" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G24" s="3">
-        <v>170</v>
+        <v>0</v>
       </c>
       <c r="H24" s="3">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="I24" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>210</v>
+        <v>90</v>
       </c>
       <c r="J24" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.07191780821917808</v>
+        <v>0.036</v>
       </c>
       <c r="K24" s="10">
-        <v>11.5</v>
+        <v>5.12</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E25" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F25" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G25" s="3">
         <v>0</v>
       </c>
       <c r="H25" s="3">
-        <v>160</v>
+        <v>80</v>
       </c>
       <c r="I25" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>160</v>
+        <v>80</v>
       </c>
       <c r="J25" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.05479452054794521</v>
+        <v>0.032</v>
       </c>
       <c r="K25" s="10">
-        <v>8.74</v>
+        <v>4.56</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
-    <col min="3" max="3" width="16.097776412963867" customWidth="1"/>
-    <col min="4" max="4" width="32.70621871948242" customWidth="1"/>
+    <col min="3" max="3" width="15.847126960754395" customWidth="1"/>
+    <col min="4" max="4" width="34.03416061401367" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>21.19</v>
+        <v>8.76</v>
       </c>
       <c r="D3" s="4">
-        <v>21.19</v>
+        <v>8.76</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>42.38</v>
+        <v>17.52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-7.51</v>
+        <v>-3.1</v>
       </c>
       <c r="D4" s="4">
-        <v>-7.51</v>
+        <v>-3.1</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-15.02</v>
+        <v>-6.2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>13.68</v>
+        <v>5.66</v>
       </c>
       <c r="D8" s="4">
-        <v>13.68</v>
+        <v>5.66</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>27.36</v>
+        <v>11.32</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>13.68</v>
+        <v>5.66</v>
       </c>
       <c r="D11" s="4">
-        <v>13.68</v>
+        <v>5.66</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>27.36</v>
+        <v>11.32</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>13.68</v>
+        <v>5.66</v>
       </c>
       <c r="D13" s="4">
-        <v>13.68</v>
+        <v>5.66</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>27.36</v>
+        <v>11.32</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E17" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F17" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G17" s="3">
-        <v>390</v>
+        <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>70</v>
+        <v>190</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>460</v>
+        <v>190</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
         <v>1</v>
       </c>
       <c r="K17" s="10">
-        <v>27.36</v>
+        <v>11.32</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K20"/>
+  <dimension ref="A1:K21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="25.21738052368164" customWidth="1"/>
-    <col min="4" max="4" width="31.716917037963867" customWidth="1"/>
+    <col min="4" max="4" width="34.81373596191406" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>57.86</v>
+        <v>55.62</v>
       </c>
       <c r="D3" s="4">
-        <v>57.86</v>
+        <v>55.62</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>115.72</v>
+        <v>111.24</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-20.21</v>
+        <v>-18.88</v>
       </c>
       <c r="D4" s="4">
-        <v>-20.21</v>
+        <v>-18.88</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-40.42</v>
+        <v>-37.76</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>37.65</v>
+        <v>36.74</v>
       </c>
       <c r="D8" s="4">
-        <v>37.65</v>
+        <v>36.74</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>75.3</v>
+        <v>73.48</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>37.65</v>
+        <v>36.74</v>
       </c>
       <c r="D11" s="4">
-        <v>37.65</v>
+        <v>36.74</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>75.3</v>
+        <v>73.48</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>37.65</v>
+        <v>36.74</v>
       </c>
       <c r="D13" s="4">
-        <v>37.65</v>
+        <v>36.74</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>75.3</v>
+        <v>73.48</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E17" s="2">
-        <v>78.12</v>
+        <v>79.81</v>
       </c>
       <c r="F17" s="2">
-        <v>50.804872</v>
+        <v>52.531381</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>470</v>
+        <v>400</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>470</v>
+        <v>400</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.3175675675675676</v>
+        <v>0.2877697841726619</v>
       </c>
       <c r="K17" s="10">
-        <v>23.88</v>
+        <v>21.02</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E18" s="2">
-        <v>78.12</v>
+        <v>79.81</v>
       </c>
       <c r="F18" s="2">
-        <v>50.804872</v>
+        <v>52.531381</v>
       </c>
       <c r="G18" s="3">
         <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>320</v>
+        <v>260</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>320</v>
+        <v>260</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.21621621621621623</v>
+        <v>0.18705035971223022</v>
       </c>
       <c r="K18" s="10">
-        <v>16.24</v>
+        <v>13.72</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E19" s="2">
-        <v>78.12</v>
+        <v>79.81</v>
       </c>
       <c r="F19" s="2">
-        <v>50.804872</v>
+        <v>52.531381</v>
       </c>
       <c r="G19" s="3">
-        <v>0</v>
+        <v>170</v>
       </c>
       <c r="H19" s="3">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>400</v>
+        <v>170</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.27027027027027023</v>
+        <v>0.1223021582733813</v>
       </c>
       <c r="K19" s="10">
-        <v>20.32</v>
+        <v>9.1</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E20" s="2">
-        <v>78.12</v>
+        <v>79.81</v>
       </c>
       <c r="F20" s="2">
-        <v>50.804872</v>
+        <v>52.531381</v>
       </c>
       <c r="G20" s="3">
         <v>0</v>
       </c>
       <c r="H20" s="3">
-        <v>290</v>
+        <v>270</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>290</v>
+        <v>270</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.19594594594594594</v>
+        <v>0.19424460431654678</v>
       </c>
       <c r="K20" s="10">
-        <v>14.86</v>
+        <v>14.32</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="D21" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="E21" s="2">
+        <v>79.81</v>
+      </c>
+      <c r="F21" s="2">
+        <v>52.531381</v>
+      </c>
+      <c r="G21" s="3">
+        <v>0</v>
+      </c>
+      <c r="H21" s="3">
+        <v>290</v>
+      </c>
+      <c r="I21" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>290</v>
+      </c>
+      <c r="J21" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.20863309352517986</v>
+      </c>
+      <c r="K21" s="10">
+        <v>15.32</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="13.360334396362305" customWidth="1"/>
     <col min="4" max="4" width="31.34963607788086" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>248.16</v>
+        <v>228.12</v>
       </c>
       <c r="D3" s="4">
-        <v>248.16</v>
+        <v>228.12</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>496.32</v>
+        <v>456.24</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-90.84</v>
+        <v>-83.79</v>
       </c>
       <c r="D4" s="4">
-        <v>-90.84</v>
+        <v>-83.79</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-181.68</v>
+        <v>-167.58</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>157.32</v>
+        <v>144.33</v>
       </c>
       <c r="D8" s="4">
-        <v>157.32</v>
+        <v>144.33</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>314.64</v>
+        <v>288.66</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>157.32</v>
+        <v>144.33</v>
       </c>
       <c r="D11" s="4">
-        <v>157.32</v>
+        <v>144.33</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>314.64</v>
+        <v>288.66</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>157.32</v>
+        <v>144.33</v>
       </c>
       <c r="D13" s="4">
-        <v>157.32</v>
+        <v>144.33</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>314.64</v>
+        <v>288.66</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E17" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F17" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G17" s="3">
-        <v>5350</v>
+        <v>5080</v>
       </c>
       <c r="H17" s="3">
-        <v>330</v>
+        <v>150</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5680</v>
+        <v>5230</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
         <v>1</v>
       </c>
       <c r="K17" s="10">
-        <v>314.64</v>
+        <v>288.66</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="13.360334396362305" customWidth="1"/>
     <col min="4" max="4" width="27.53973960876465" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>2923.6</v>
+        <v>2570.96</v>
       </c>
       <c r="D3" s="4">
-        <v>2923.6</v>
+        <v>2570.96</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>5847.2</v>
+        <v>5141.92</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-1286.42</v>
+        <v>-1134.06</v>
       </c>
       <c r="D4" s="4">
-        <v>-1286.42</v>
+        <v>-1134.06</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-2572.84</v>
+        <v>-2268.12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>1637.18</v>
+        <v>1436.9</v>
       </c>
       <c r="D8" s="4">
-        <v>1637.18</v>
+        <v>1436.9</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>3274.36</v>
+        <v>2873.8</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>1637.18</v>
+        <v>1436.9</v>
       </c>
       <c r="D11" s="4">
-        <v>1637.18</v>
+        <v>1436.9</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>3274.36</v>
+        <v>2873.8</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>1637.18</v>
+        <v>1436.9</v>
       </c>
       <c r="D13" s="4">
-        <v>1637.18</v>
+        <v>1436.9</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>3274.36</v>
+        <v>2873.8</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E17" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F17" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G17" s="3">
-        <v>7950</v>
+        <v>8230</v>
       </c>
       <c r="H17" s="3">
-        <v>2210</v>
+        <v>2030</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>10160</v>
+        <v>10260</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.14960977764688557</v>
+        <v>0.17131407580564367</v>
       </c>
       <c r="K17" s="10">
-        <v>489.92</v>
+        <v>492.34</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E18" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F18" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G18" s="3">
-        <v>13650</v>
+        <v>11830</v>
       </c>
       <c r="H18" s="3">
-        <v>7810</v>
+        <v>5320</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>21460</v>
+        <v>17150</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.3160064791635989</v>
+        <v>0.2863583235932543</v>
       </c>
       <c r="K18" s="10">
-        <v>1034.74</v>
+        <v>822.94</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E19" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F19" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G19" s="3">
-        <v>16500</v>
+        <v>11910</v>
       </c>
       <c r="H19" s="3">
-        <v>5540</v>
+        <v>4280</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>22040</v>
+        <v>16190</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.3245471948166691</v>
+        <v>0.2703289363833695</v>
       </c>
       <c r="K19" s="10">
-        <v>1062.58</v>
+        <v>776.86</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E20" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F20" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G20" s="3">
-        <v>7410</v>
+        <v>11370</v>
       </c>
       <c r="H20" s="3">
-        <v>6840</v>
+        <v>4920</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>14250</v>
+        <v>16290</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.2098365483728464</v>
+        <v>0.27199866421773256</v>
       </c>
       <c r="K20" s="10">
-        <v>687.12</v>
+        <v>781.66</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>