--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -37,166 +37,166 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table17.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table18.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table19.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table20.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table21.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table22.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table23.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table24.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table25.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table26.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId2"/>
     <sheet name="04-BURTON TWP-BERKSHIRE LSD" sheetId="2" r:id="rId3"/>
-    <sheet name="11-CHESTER TWP-W GEAUGA LSD" sheetId="3" r:id="rId4"/>
+    <sheet name="11-CHESTER TWP-WEST GEAUGA LSD" sheetId="3" r:id="rId4"/>
     <sheet name="12-CLARIDON TWP-BERKSHIRE LSD" sheetId="4" r:id="rId5"/>
     <sheet name="13-CLARIDON TWP-CHARDON LSD" sheetId="5" r:id="rId6"/>
     <sheet name="16-HUNTSBURG TWP-CARDINAL LSD" sheetId="6" r:id="rId7"/>
-    <sheet name="18-MIDDLEFIELD TWP-CARDINAL LS" sheetId="7" r:id="rId8"/>
+    <sheet name="18-MIDDLEFIELD TWP-CARDINAL LSD" sheetId="7" r:id="rId8"/>
     <sheet name="20-MONTVILLE TWP-BERKSHIRE LSD" sheetId="8" r:id="rId9"/>
     <sheet name="21-MUNSON TWP-CHARDON LSD" sheetId="9" r:id="rId10"/>
     <sheet name="23-NEWBURY TWP-WEST GEAUGA LSD" sheetId="10" r:id="rId11"/>
     <sheet name="25-PARKMAN TWP-CARDINAL LSD" sheetId="11" r:id="rId12"/>
-    <sheet name="26-RUSSELL TWP-W GEAUGA LSD" sheetId="12" r:id="rId13"/>
+    <sheet name="26-RUSSELL TWP-WEST GEAUGA LSD" sheetId="12" r:id="rId13"/>
     <sheet name="32-TROY TWP-BERKSHIRE LSD" sheetId="13" r:id="rId14"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="314">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="328">
   <si>
     <t>Oil and Gas Company #935</t>
   </si>
   <si>
     <t>BOCOR HOLDINGS, LLC</t>
   </si>
   <si>
     <t>Date Generated:</t>
   </si>
   <si>
-    <t>02/03/2025</t>
+    <t>01/08/2026</t>
   </si>
   <si>
     <t>7793 PITTSBURG AVE NW</t>
   </si>
   <si>
     <t>Tax Year:</t>
   </si>
   <si>
-    <t>2024</t>
+    <t>2025</t>
   </si>
   <si>
     <t>NORTH CANTON, OH 44720</t>
   </si>
   <si>
     <t>Due Date:</t>
   </si>
   <si>
-    <t>02/26/2025</t>
+    <t>02/18/2026</t>
   </si>
   <si>
     <t>District Summary</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Full Rate</t>
   </si>
   <si>
     <t>Effective Rate</t>
   </si>
   <si>
     <t>Oil Value</t>
   </si>
   <si>
     <t>Gas Value</t>
   </si>
   <si>
     <t>Total Value</t>
   </si>
   <si>
     <t>Prior Due</t>
   </si>
   <si>
     <t>Half Due</t>
   </si>
   <si>
     <t>Full Due</t>
   </si>
   <si>
     <t>Total Due</t>
   </si>
   <si>
     <t>Permit Count</t>
   </si>
   <si>
     <t>04-BURTON TWP-BERKSHIRE LSD</t>
   </si>
   <si>
-    <t>11-CHESTER TWP-W GEAUGA LSD</t>
+    <t>11-CHESTER TWP-WEST GEAUGA LSD</t>
   </si>
   <si>
     <t>12-CLARIDON TWP-BERKSHIRE LSD</t>
   </si>
   <si>
     <t>13-CLARIDON TWP-CHARDON LSD</t>
   </si>
   <si>
     <t>16-HUNTSBURG TWP-CARDINAL LSD</t>
   </si>
   <si>
-    <t>18-MIDDLEFIELD TWP-CARDINAL LS</t>
+    <t>18-MIDDLEFIELD TWP-CARDINAL LSD</t>
   </si>
   <si>
     <t>20-MONTVILLE TWP-BERKSHIRE LSD</t>
   </si>
   <si>
     <t>21-MUNSON TWP-CHARDON LSD</t>
   </si>
   <si>
     <t>23-NEWBURY TWP-WEST GEAUGA LSD</t>
   </si>
   <si>
     <t>25-PARKMAN TWP-CARDINAL LSD</t>
   </si>
   <si>
-    <t>26-RUSSELL TWP-W GEAUGA LSD</t>
+    <t>26-RUSSELL TWP-WEST GEAUGA LSD</t>
   </si>
   <si>
     <t>32-TROY TWP-BERKSHIRE LSD</t>
   </si>
   <si>
     <t>Permit Summary</t>
   </si>
   <si>
     <t>Permit</t>
   </si>
   <si>
     <t>WellName</t>
   </si>
   <si>
     <t>Districts</t>
   </si>
   <si>
     <t>34055200400000</t>
   </si>
   <si>
     <t>J. DOMAS # 1</t>
   </si>
   <si>
     <t>34055200470000</t>
   </si>
@@ -224,86 +224,98 @@
   <si>
     <t>34055202570000</t>
   </si>
   <si>
     <t xml:space="preserve">SADIE MILLER (DAN MILLER)     1</t>
   </si>
   <si>
     <t>34055202580000</t>
   </si>
   <si>
     <t>D E MILLER</t>
   </si>
   <si>
     <t>34055202600000</t>
   </si>
   <si>
     <t xml:space="preserve">DAN FISHER     1</t>
   </si>
   <si>
     <t>34055202700000</t>
   </si>
   <si>
     <t>D. DURKEE # 1</t>
   </si>
   <si>
+    <t>34055203380000</t>
+  </si>
+  <si>
+    <t>KAUFMAN</t>
+  </si>
+  <si>
     <t>34055203560000</t>
   </si>
   <si>
     <t>EDMUND BUEHNER #1</t>
   </si>
   <si>
     <t>34055203630000</t>
   </si>
   <si>
     <t>GEAUGA CO. INFIRMARY #1</t>
   </si>
   <si>
     <t>34055203730000</t>
   </si>
   <si>
     <t>BLUM/CLEVE. SOCIETY FOR BLIND # 1</t>
   </si>
   <si>
     <t>34055203800000</t>
   </si>
   <si>
     <t>DELBALSO/FIRST UNIT # 1</t>
   </si>
   <si>
     <t>34055203810000</t>
   </si>
   <si>
     <t>DEL BALSO/SCHMITT UNIT # 2</t>
   </si>
   <si>
     <t>34055203920000</t>
   </si>
   <si>
     <t>GEAUGA CO. INFIRMARY #2</t>
   </si>
   <si>
+    <t>34055203940000</t>
+  </si>
+  <si>
+    <t>POLLOCK UNIT #1</t>
+  </si>
+  <si>
     <t>34055205420000</t>
   </si>
   <si>
     <t>CIPOLLA UNIT # 1</t>
   </si>
   <si>
     <t>34055205620000</t>
   </si>
   <si>
     <t>F. GIEL # 1</t>
   </si>
   <si>
     <t>34055205970000</t>
   </si>
   <si>
     <t>ZAFFIRO # 1</t>
   </si>
   <si>
     <t>34055206150000</t>
   </si>
   <si>
     <t xml:space="preserve">R. C. DIEDRICH     1</t>
   </si>
   <si>
     <t>34055207020000</t>
@@ -332,50 +344,56 @@
   <si>
     <t>34055207370000</t>
   </si>
   <si>
     <t xml:space="preserve">BRAMLEY     1(569)</t>
   </si>
   <si>
     <t>34055207410000</t>
   </si>
   <si>
     <t xml:space="preserve">BRAMLEY     2(814)</t>
   </si>
   <si>
     <t>34055207510000</t>
   </si>
   <si>
     <t>SLADECK # 1</t>
   </si>
   <si>
     <t>34055208110000</t>
   </si>
   <si>
     <t>KIESNER # 1CNGD855</t>
   </si>
   <si>
+    <t>34055208710000</t>
+  </si>
+  <si>
+    <t>C. &amp; I. KONYA # 1</t>
+  </si>
+  <si>
     <t>34055208720000</t>
   </si>
   <si>
     <t>R. &amp; S. CSONTOS UNIT # 1</t>
   </si>
   <si>
     <t>34055209200000</t>
   </si>
   <si>
     <t>MOTIL # 1(700)</t>
   </si>
   <si>
     <t>34055209370000</t>
   </si>
   <si>
     <t xml:space="preserve">DIETZ UNIT     1</t>
   </si>
   <si>
     <t>34055209400000</t>
   </si>
   <si>
     <t>KARLAK-DEGREEN UNIT # 1 (1156)</t>
   </si>
   <si>
     <t>34055209410000</t>
@@ -416,50 +434,56 @@
   <si>
     <t>34055211520000</t>
   </si>
   <si>
     <t>REED # 1 (1699)</t>
   </si>
   <si>
     <t>34055211630000</t>
   </si>
   <si>
     <t>G. DAVIS # UNIT #1</t>
   </si>
   <si>
     <t>34055211820000</t>
   </si>
   <si>
     <t xml:space="preserve">FOSKETT UNIT     1</t>
   </si>
   <si>
     <t>34055212050000</t>
   </si>
   <si>
     <t>M. KAUFMAN # 10-2021</t>
   </si>
   <si>
+    <t>34055212070000</t>
+  </si>
+  <si>
+    <t>H.M.B. ASSOCIATES # 1</t>
+  </si>
+  <si>
     <t>34055212090000</t>
   </si>
   <si>
     <t>YOUSHAK # 1</t>
   </si>
   <si>
     <t>34055212100000</t>
   </si>
   <si>
     <t>YOUSHAK # 2</t>
   </si>
   <si>
     <t>34055212230000</t>
   </si>
   <si>
     <t>E. ADAMS # 1 (1711)</t>
   </si>
   <si>
     <t>34055212250000</t>
   </si>
   <si>
     <t>BENEDICTINE ORDER OF CLEVELAND # 2 (1729)</t>
   </si>
   <si>
     <t>34055212390000</t>
@@ -524,78 +548,96 @@
   <si>
     <t>34055213740000</t>
   </si>
   <si>
     <t>D. DAVIS UNIT # 2</t>
   </si>
   <si>
     <t>34055213800000</t>
   </si>
   <si>
     <t>GAGE UNIT</t>
   </si>
   <si>
     <t>34055213910000</t>
   </si>
   <si>
     <t xml:space="preserve">BOWYER V. H.     #1</t>
   </si>
   <si>
     <t>34055214190000</t>
   </si>
   <si>
     <t>MARIE A MONTESANTO</t>
   </si>
   <si>
+    <t>34055214440000</t>
+  </si>
+  <si>
+    <t>COSMOPOLITAN BAR INC. # 1-1266</t>
+  </si>
+  <si>
     <t>34055214510000</t>
   </si>
   <si>
     <t>BERTOK UNIT # 1</t>
   </si>
   <si>
     <t>34055214840000</t>
   </si>
   <si>
     <t>REESE UNIT # 1</t>
   </si>
   <si>
     <t>34055214980000</t>
   </si>
   <si>
     <t>WALTMAN UNIT # 1</t>
   </si>
   <si>
+    <t>34055215720000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RICE     1</t>
+  </si>
+  <si>
     <t>34055215770000</t>
   </si>
   <si>
     <t>GARDINER-JONES # 1</t>
   </si>
   <si>
     <t>34055215860000</t>
   </si>
   <si>
     <t>J. &amp; P. STANEK # 1</t>
+  </si>
+  <si>
+    <t>34055215870000</t>
+  </si>
+  <si>
+    <t>P. ADAMS UNIT # 1-1435</t>
   </si>
   <si>
     <t>34055215970000</t>
   </si>
   <si>
     <t>SUKENIK UNIT # 1</t>
   </si>
   <si>
     <t>34055215980000</t>
   </si>
   <si>
     <t>SKINNER UNIT # 1</t>
   </si>
   <si>
     <t>34055216070000</t>
   </si>
   <si>
     <t>B. &amp; J. KAUFMAN # 1</t>
   </si>
   <si>
     <t>34055216110000</t>
   </si>
   <si>
     <t>TEICHMAN HEIRS # 1</t>
   </si>
@@ -1112,52 +1154,52 @@
       <calculatedColumnFormula>[Prior Due] + [Half Due] + [Full Due]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Permit Count"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table10.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="10" name="TaxTable_13" displayName="TaxTable_13" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table11.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="11" name="DistrictTable_16" displayName="DistrictTable_16" ref="A16:K38" headerRowCount="1">
-  <autoFilter ref="A16:K38"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="11" name="DistrictTable_16" displayName="DistrictTable_16" ref="A16:K39" headerRowCount="1">
+  <autoFilter ref="A16:K39"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
     <tableColumn id="8" name="Gas Value"/>
     <tableColumn id="9" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="10" name="Percentage of District Value">
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table12.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="12" name="TaxTable_16" displayName="TaxTable_16" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
@@ -1192,52 +1234,52 @@
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table14.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="14" name="TaxTable_18" displayName="TaxTable_18" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table15.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="15" name="DistrictTable_20" displayName="DistrictTable_20" ref="A16:K23" headerRowCount="1">
-  <autoFilter ref="A16:K23"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="15" name="DistrictTable_20" displayName="DistrictTable_20" ref="A16:K24" headerRowCount="1">
+  <autoFilter ref="A16:K24"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
     <tableColumn id="8" name="Gas Value"/>
     <tableColumn id="9" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="10" name="Percentage of District Value">
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table16.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="16" name="TaxTable_20" displayName="TaxTable_20" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
@@ -1272,76 +1314,76 @@
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table18.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="18" name="TaxTable_21" displayName="TaxTable_21" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table19.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="19" name="DistrictTable_23" displayName="DistrictTable_23" ref="A16:K35" headerRowCount="1">
-  <autoFilter ref="A16:K35"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="19" name="DistrictTable_23" displayName="DistrictTable_23" ref="A16:K37" headerRowCount="1">
+  <autoFilter ref="A16:K37"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
     <tableColumn id="8" name="Gas Value"/>
     <tableColumn id="9" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="10" name="Percentage of District Value">
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A24:F150" headerRowCount="1">
-  <autoFilter ref="A24:F150"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A24:F157" headerRowCount="1">
+  <autoFilter ref="A24:F157"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Permit"/>
     <tableColumn id="2" name="WellName"/>
     <tableColumn id="3" name="Oil Value"/>
     <tableColumn id="4" name="Gas Value"/>
     <tableColumn id="5" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="6" name="Districts"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table20.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="20" name="TaxTable_23" displayName="TaxTable_23" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
@@ -1449,52 +1491,52 @@
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table26.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="26" name="TaxTable_32" displayName="TaxTable_32" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="DistrictTable_04" displayName="DistrictTable_04" ref="A16:K24" headerRowCount="1">
-  <autoFilter ref="A16:K24"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="DistrictTable_04" displayName="DistrictTable_04" ref="A16:K25" headerRowCount="1">
+  <autoFilter ref="A16:K25"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
     <tableColumn id="8" name="Gas Value"/>
     <tableColumn id="9" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="10" name="Percentage of District Value">
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="TaxTable_04" displayName="TaxTable_04" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
@@ -1529,52 +1571,52 @@
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="6" name="TaxTable_11" displayName="TaxTable_11" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table7.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="7" name="DistrictTable_12" displayName="DistrictTable_12" ref="A16:K18" headerRowCount="1">
-  <autoFilter ref="A16:K18"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="7" name="DistrictTable_12" displayName="DistrictTable_12" ref="A16:K20" headerRowCount="1">
+  <autoFilter ref="A16:K20"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
     <tableColumn id="8" name="Gas Value"/>
     <tableColumn id="9" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="10" name="Percentage of District Value">
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="8" name="TaxTable_12" displayName="TaxTable_12" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
@@ -1633,51 +1675,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table14.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table16.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table17.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table18.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K150"/>
+  <dimension ref="A1:K157"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="35.52476501464844" customWidth="1"/>
     <col min="2" max="2" width="44.29140853881836" customWidth="1"/>
     <col min="3" max="3" width="15.996493339538574" customWidth="1"/>
     <col min="4" max="4" width="12.350568771362305" customWidth="1"/>
     <col min="5" max="5" width="40" customWidth="1"/>
     <col min="6" max="6" width="35.52476501464844" customWidth="1"/>
     <col min="7" max="7" width="11.938273429870605" customWidth="1"/>
     <col min="8" max="8" width="11.218035697937012" customWidth="1"/>
     <col min="9" max="9" width="10.801648139953613" customWidth="1"/>
     <col min="10" max="10" width="12.127540588378906" customWidth="1"/>
     <col min="11" max="11" width="15.31336498260498" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
@@ -1735,11285 +1777,11691 @@
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="C9" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="D9" s="3">
-        <v>1510</v>
+        <v>870</v>
       </c>
       <c r="E9" s="3">
-        <v>1920</v>
+        <v>2010</v>
       </c>
       <c r="F9" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>3430</v>
+        <v>2880</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
-        <v>80.65</v>
+        <v>67.8</v>
       </c>
       <c r="I9" s="4">
-        <v>80.65</v>
+        <v>67.8</v>
       </c>
       <c r="J9" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>161.3</v>
+        <v>135.6</v>
       </c>
       <c r="K9" s="0">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="C10" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="D10" s="3">
-        <v>460</v>
+        <v>220</v>
       </c>
       <c r="E10" s="3">
-        <v>160</v>
+        <v>90</v>
       </c>
       <c r="F10" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>620</v>
+        <v>310</v>
       </c>
       <c r="G10" s="4">
         <v>0</v>
       </c>
       <c r="H10" s="4">
-        <v>17.01</v>
+        <v>8.89</v>
       </c>
       <c r="I10" s="4">
-        <v>17.01</v>
+        <v>8.89</v>
       </c>
       <c r="J10" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>34.02</v>
+        <v>17.78</v>
       </c>
       <c r="K10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="2">
-        <v>82.15</v>
+        <v>81.9</v>
       </c>
       <c r="C11" s="2">
-        <v>44.548776</v>
+        <v>44.318332</v>
       </c>
       <c r="D11" s="3">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="E11" s="3">
-        <v>150</v>
+        <v>310</v>
       </c>
       <c r="F11" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>150</v>
+        <v>370</v>
       </c>
       <c r="G11" s="4">
         <v>0</v>
       </c>
       <c r="H11" s="4">
-        <v>3.37</v>
+        <v>8.23</v>
       </c>
       <c r="I11" s="4">
-        <v>3.37</v>
+        <v>8.23</v>
       </c>
       <c r="J11" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>6.74</v>
+        <v>16.46</v>
       </c>
       <c r="K11" s="0">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="2">
-        <v>111.1</v>
+        <v>110.95</v>
       </c>
       <c r="C12" s="2">
-        <v>64.737987</v>
+        <v>64.745265</v>
       </c>
       <c r="D12" s="3">
-        <v>270</v>
+        <v>180</v>
       </c>
       <c r="E12" s="3">
-        <v>780</v>
+        <v>570</v>
       </c>
       <c r="F12" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1050</v>
+        <v>750</v>
       </c>
       <c r="G12" s="4">
         <v>0</v>
       </c>
       <c r="H12" s="4">
-        <v>34.18</v>
+        <v>24.47</v>
       </c>
       <c r="I12" s="4">
-        <v>34.18</v>
+        <v>24.47</v>
       </c>
       <c r="J12" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>68.36</v>
+        <v>48.94</v>
       </c>
       <c r="K12" s="0">
         <v>7</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="C13" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="D13" s="3">
-        <v>2650</v>
+        <v>2890</v>
       </c>
       <c r="E13" s="3">
-        <v>9170</v>
+        <v>3030</v>
       </c>
       <c r="F13" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>11820</v>
+        <v>5920</v>
       </c>
       <c r="G13" s="4">
         <v>0</v>
       </c>
       <c r="H13" s="4">
-        <v>328.05</v>
+        <v>165.29</v>
       </c>
       <c r="I13" s="4">
-        <v>328.05</v>
+        <v>165.29</v>
       </c>
       <c r="J13" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>656.1</v>
+        <v>330.58</v>
       </c>
       <c r="K13" s="0">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B14" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="C14" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="D14" s="3">
-        <v>1350</v>
+        <v>840</v>
       </c>
       <c r="E14" s="3">
-        <v>1210</v>
+        <v>1110</v>
       </c>
       <c r="F14" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2560</v>
+        <v>1950</v>
       </c>
       <c r="G14" s="4">
         <v>0</v>
       </c>
       <c r="H14" s="4">
-        <v>76.21</v>
+        <v>57.93</v>
       </c>
       <c r="I14" s="4">
-        <v>76.21</v>
+        <v>57.93</v>
       </c>
       <c r="J14" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>152.42</v>
+        <v>115.86</v>
       </c>
       <c r="K14" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B15" s="2">
-        <v>82.67</v>
+        <v>80.97</v>
       </c>
       <c r="C15" s="2">
-        <v>46.92001</v>
+        <v>45.512031</v>
       </c>
       <c r="D15" s="3">
-        <v>650</v>
+        <v>900</v>
       </c>
       <c r="E15" s="3">
-        <v>1450</v>
+        <v>1540</v>
       </c>
       <c r="F15" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2100</v>
+        <v>2440</v>
       </c>
       <c r="G15" s="4">
         <v>0</v>
       </c>
       <c r="H15" s="4">
-        <v>49.53</v>
+        <v>55.62</v>
       </c>
       <c r="I15" s="4">
-        <v>49.53</v>
+        <v>55.62</v>
       </c>
       <c r="J15" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>99.06</v>
+        <v>111.24</v>
       </c>
       <c r="K15" s="0">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B16" s="2">
-        <v>113.85</v>
+        <v>113.7</v>
       </c>
       <c r="C16" s="2">
-        <v>70.871342</v>
+        <v>70.882743</v>
       </c>
       <c r="D16" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="E16" s="3">
-        <v>1650</v>
+        <v>1460</v>
       </c>
       <c r="F16" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1650</v>
+        <v>1510</v>
       </c>
       <c r="G16" s="4">
         <v>0</v>
       </c>
       <c r="H16" s="4">
-        <v>58.52</v>
+        <v>53.53</v>
       </c>
       <c r="I16" s="4">
-        <v>58.52</v>
+        <v>53.53</v>
       </c>
       <c r="J16" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>117.04</v>
+        <v>107.06</v>
       </c>
       <c r="K16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B17" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="C17" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="D17" s="3">
-        <v>910</v>
+        <v>280</v>
       </c>
       <c r="E17" s="3">
-        <v>2670</v>
+        <v>3580</v>
       </c>
       <c r="F17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>3580</v>
+        <v>3860</v>
       </c>
       <c r="G17" s="4">
         <v>0</v>
       </c>
       <c r="H17" s="4">
-        <v>91.56</v>
+        <v>101.77</v>
       </c>
       <c r="I17" s="4">
-        <v>91.56</v>
+        <v>101.77</v>
       </c>
       <c r="J17" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>183.12</v>
+        <v>203.54</v>
       </c>
       <c r="K17" s="0">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="C18" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="D18" s="3">
-        <v>36090</v>
+        <v>57560</v>
       </c>
       <c r="E18" s="3">
-        <v>5210</v>
+        <v>4890</v>
       </c>
       <c r="F18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>41300</v>
+        <v>62450</v>
       </c>
       <c r="G18" s="4">
         <v>0</v>
       </c>
       <c r="H18" s="4">
-        <v>1144.76</v>
+        <v>1723.81</v>
       </c>
       <c r="I18" s="4">
-        <v>1144.76</v>
+        <v>1723.81</v>
       </c>
       <c r="J18" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>2289.52</v>
+        <v>3447.62</v>
       </c>
       <c r="K18" s="0">
         <v>26</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="2">
-        <v>89.73</v>
+        <v>94.41</v>
       </c>
       <c r="C19" s="2">
-        <v>56.66545</v>
+        <v>61.28837</v>
       </c>
       <c r="D19" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="E19" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>400</v>
+        <v>170</v>
       </c>
       <c r="G19" s="4">
         <v>0</v>
       </c>
       <c r="H19" s="4">
-        <v>11.36</v>
+        <v>5.27</v>
       </c>
       <c r="I19" s="4">
-        <v>11.36</v>
+        <v>5.27</v>
       </c>
       <c r="J19" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>22.72</v>
+        <v>10.54</v>
       </c>
       <c r="K19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B20" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="C20" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="D20" s="3">
-        <v>50860</v>
+        <v>61650</v>
       </c>
       <c r="E20" s="3">
-        <v>12490</v>
+        <v>11330</v>
       </c>
       <c r="F20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>63350</v>
+        <v>72980</v>
       </c>
       <c r="G20" s="4">
         <v>0</v>
       </c>
       <c r="H20" s="4">
-        <v>1528.23</v>
+        <v>1751.49</v>
       </c>
       <c r="I20" s="4">
-        <v>1528.23</v>
+        <v>1751.49</v>
       </c>
       <c r="J20" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>3056.46</v>
+        <v>3502.98</v>
       </c>
       <c r="K20" s="0">
         <v>26</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>39</v>
       </c>
       <c r="C25" s="6">
         <v>0</v>
       </c>
       <c r="D25" s="6">
-        <v>430</v>
+        <v>1590</v>
       </c>
       <c r="E25" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>430</v>
+        <v>1590</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>41</v>
       </c>
       <c r="C26" s="6">
         <v>0</v>
       </c>
       <c r="D26" s="6">
-        <v>160</v>
+        <v>80</v>
       </c>
       <c r="E26" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>160</v>
+        <v>80</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C27" s="6">
+        <v>130</v>
+      </c>
+      <c r="D27" s="6">
         <v>370</v>
       </c>
-      <c r="D27" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="E27" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>760</v>
+        <v>500</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C28" s="6">
         <v>0</v>
       </c>
       <c r="D28" s="6">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="E28" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>47</v>
       </c>
       <c r="C29" s="6">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="D29" s="6">
-        <v>310</v>
+        <v>290</v>
       </c>
       <c r="E29" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>430</v>
+        <v>290</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>49</v>
       </c>
       <c r="C30" s="6">
-        <v>440</v>
+        <v>370</v>
       </c>
       <c r="D30" s="6">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="E30" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>530</v>
+        <v>450</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>51</v>
       </c>
       <c r="C31" s="6">
-        <v>420</v>
+        <v>340</v>
       </c>
       <c r="D31" s="6">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="E31" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>590</v>
+        <v>490</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>53</v>
       </c>
       <c r="C32" s="6">
         <v>0</v>
       </c>
       <c r="D32" s="6">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="E32" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>55</v>
       </c>
       <c r="C33" s="6">
-        <v>400</v>
+        <v>190</v>
       </c>
       <c r="D33" s="6">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="E33" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>650</v>
+        <v>430</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>57</v>
       </c>
       <c r="C34" s="6">
         <v>0</v>
       </c>
       <c r="D34" s="6">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="E34" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>59</v>
       </c>
       <c r="C35" s="6">
         <v>0</v>
       </c>
       <c r="D35" s="6">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="E35" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>61</v>
       </c>
       <c r="C36" s="6">
         <v>0</v>
       </c>
       <c r="D36" s="6">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="E36" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>63</v>
       </c>
       <c r="C37" s="6">
         <v>0</v>
       </c>
       <c r="D37" s="6">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="E37" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>65</v>
       </c>
       <c r="C38" s="6">
         <v>0</v>
       </c>
       <c r="D38" s="6">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="E38" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>67</v>
       </c>
       <c r="C39" s="6">
         <v>0</v>
       </c>
       <c r="D39" s="6">
-        <v>30</v>
+        <v>160</v>
       </c>
       <c r="E39" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>30</v>
+        <v>160</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>69</v>
       </c>
       <c r="C40" s="6">
         <v>0</v>
       </c>
       <c r="D40" s="6">
-        <v>230</v>
+        <v>20</v>
       </c>
       <c r="E40" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>230</v>
+        <v>20</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>71</v>
       </c>
       <c r="C41" s="6">
-        <v>630</v>
+        <v>60</v>
       </c>
       <c r="D41" s="6">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="E41" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>880</v>
+        <v>70</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>73</v>
       </c>
       <c r="C42" s="6">
         <v>0</v>
       </c>
       <c r="D42" s="6">
-        <v>350</v>
+        <v>170</v>
       </c>
       <c r="E42" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>350</v>
+        <v>170</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>75</v>
       </c>
       <c r="C43" s="6">
-        <v>0</v>
+        <v>180</v>
       </c>
       <c r="D43" s="6">
-        <v>190</v>
+        <v>240</v>
       </c>
       <c r="E43" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>190</v>
+        <v>420</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>77</v>
       </c>
       <c r="C44" s="6">
         <v>0</v>
       </c>
       <c r="D44" s="6">
-        <v>190</v>
+        <v>440</v>
       </c>
       <c r="E44" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>190</v>
+        <v>440</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>79</v>
       </c>
       <c r="C45" s="6">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="D45" s="6">
-        <v>270</v>
+        <v>200</v>
       </c>
       <c r="E45" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>390</v>
+        <v>350</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
         <v>80</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>81</v>
       </c>
       <c r="C46" s="6">
-        <v>370</v>
+        <v>150</v>
       </c>
       <c r="D46" s="6">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="E46" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>520</v>
+        <v>350</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
         <v>82</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>83</v>
       </c>
       <c r="C47" s="6">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="D47" s="6">
-        <v>260</v>
+        <v>320</v>
       </c>
       <c r="E47" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>420</v>
+        <v>320</v>
       </c>
       <c r="F47" s="5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>85</v>
       </c>
       <c r="C48" s="6">
-        <v>80</v>
+        <v>360</v>
       </c>
       <c r="D48" s="6">
-        <v>60</v>
+        <v>110</v>
       </c>
       <c r="E48" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>140</v>
+        <v>470</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
         <v>86</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>87</v>
       </c>
       <c r="C49" s="6">
-        <v>80</v>
+        <v>240</v>
       </c>
       <c r="D49" s="6">
-        <v>60</v>
+        <v>250</v>
       </c>
       <c r="E49" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>140</v>
+        <v>490</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
         <v>88</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>89</v>
       </c>
       <c r="C50" s="6">
-        <v>0</v>
+        <v>130</v>
       </c>
       <c r="D50" s="6">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="E50" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>80</v>
+        <v>200</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>90</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>91</v>
       </c>
       <c r="C51" s="6">
-        <v>0</v>
+        <v>130</v>
       </c>
       <c r="D51" s="6">
-        <v>3130</v>
+        <v>70</v>
       </c>
       <c r="E51" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>3130</v>
+        <v>200</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
         <v>92</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>93</v>
       </c>
       <c r="C52" s="6">
-        <v>240</v>
+        <v>220</v>
       </c>
       <c r="D52" s="6">
-        <v>200</v>
+        <v>90</v>
       </c>
       <c r="E52" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>440</v>
+        <v>310</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
         <v>94</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>95</v>
       </c>
       <c r="C53" s="6">
         <v>0</v>
       </c>
       <c r="D53" s="6">
-        <v>60</v>
+        <v>290</v>
       </c>
       <c r="E53" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>60</v>
+        <v>290</v>
       </c>
       <c r="F53" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
         <v>96</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C54" s="6">
-        <v>0</v>
+        <v>180</v>
       </c>
       <c r="D54" s="6">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E54" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>30</v>
+        <v>190</v>
       </c>
       <c r="F54" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
         <v>98</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>99</v>
       </c>
       <c r="C55" s="6">
         <v>0</v>
       </c>
       <c r="D55" s="6">
-        <v>180</v>
+        <v>40</v>
       </c>
       <c r="E55" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>180</v>
+        <v>40</v>
       </c>
       <c r="F55" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
         <v>100</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>101</v>
       </c>
       <c r="C56" s="6">
         <v>0</v>
       </c>
       <c r="D56" s="6">
-        <v>180</v>
+        <v>70</v>
       </c>
       <c r="E56" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>180</v>
+        <v>70</v>
       </c>
       <c r="F56" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
         <v>102</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>103</v>
       </c>
       <c r="C57" s="6">
         <v>0</v>
       </c>
       <c r="D57" s="6">
-        <v>330</v>
+        <v>30</v>
       </c>
       <c r="E57" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>330</v>
+        <v>30</v>
       </c>
       <c r="F57" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
         <v>104</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>105</v>
       </c>
       <c r="C58" s="6">
-        <v>290</v>
+        <v>100</v>
       </c>
       <c r="D58" s="6">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E58" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>370</v>
+        <v>190</v>
       </c>
       <c r="F58" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
         <v>106</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>107</v>
       </c>
       <c r="C59" s="6">
-        <v>290</v>
+        <v>100</v>
       </c>
       <c r="D59" s="6">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="E59" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>370</v>
+        <v>190</v>
       </c>
       <c r="F59" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
         <v>108</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>109</v>
       </c>
       <c r="C60" s="6">
         <v>0</v>
       </c>
       <c r="D60" s="6">
-        <v>140</v>
+        <v>230</v>
       </c>
       <c r="E60" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>140</v>
+        <v>230</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
         <v>110</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>111</v>
       </c>
       <c r="C61" s="6">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="D61" s="6">
-        <v>1570</v>
+        <v>20</v>
       </c>
       <c r="E61" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1570</v>
+        <v>130</v>
       </c>
       <c r="F61" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>112</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>113</v>
       </c>
       <c r="C62" s="6">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="D62" s="6">
-        <v>470</v>
+        <v>20</v>
       </c>
       <c r="E62" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>470</v>
+        <v>130</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
         <v>114</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C63" s="6">
         <v>0</v>
       </c>
       <c r="D63" s="6">
         <v>150</v>
       </c>
       <c r="E63" s="8">
         <f>[Oil Value]+[Gas Value]</f>
         <v>150</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
         <v>116</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>117</v>
       </c>
       <c r="C64" s="6">
-        <v>370</v>
+        <v>0</v>
       </c>
       <c r="D64" s="6">
-        <v>510</v>
+        <v>170</v>
       </c>
       <c r="E64" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>880</v>
+        <v>170</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
         <v>118</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>119</v>
       </c>
       <c r="C65" s="6">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="D65" s="6">
-        <v>140</v>
+        <v>540</v>
       </c>
       <c r="E65" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>370</v>
+        <v>540</v>
       </c>
       <c r="F65" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
         <v>120</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>121</v>
       </c>
       <c r="C66" s="6">
-        <v>460</v>
+        <v>0</v>
       </c>
       <c r="D66" s="6">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="E66" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>570</v>
+        <v>120</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
         <v>122</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>123</v>
       </c>
       <c r="C67" s="6">
-        <v>460</v>
+        <v>470</v>
       </c>
       <c r="D67" s="6">
-        <v>110</v>
+        <v>400</v>
       </c>
       <c r="E67" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>570</v>
+        <v>870</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
         <v>124</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>125</v>
       </c>
       <c r="C68" s="6">
+        <v>200</v>
+      </c>
+      <c r="D68" s="6">
         <v>150</v>
       </c>
-      <c r="D68" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>170</v>
+        <v>350</v>
       </c>
       <c r="F68" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
         <v>126</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>127</v>
       </c>
       <c r="C69" s="6">
         <v>0</v>
       </c>
       <c r="D69" s="6">
-        <v>1570</v>
+        <v>10</v>
       </c>
       <c r="E69" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1570</v>
+        <v>10</v>
       </c>
       <c r="F69" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>128</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>129</v>
       </c>
       <c r="C70" s="6">
-        <v>0</v>
+        <v>450</v>
       </c>
       <c r="D70" s="6">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="E70" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>300</v>
+        <v>570</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
         <v>130</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>131</v>
       </c>
       <c r="C71" s="6">
+        <v>450</v>
+      </c>
+      <c r="D71" s="6">
         <v>120</v>
       </c>
-      <c r="D71" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="E71" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>270</v>
+        <v>570</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>132</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>133</v>
       </c>
       <c r="C72" s="6">
-        <v>40</v>
+        <v>240</v>
       </c>
       <c r="D72" s="6">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="E72" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>160</v>
+        <v>300</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
         <v>134</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>135</v>
       </c>
       <c r="C73" s="6">
         <v>0</v>
       </c>
       <c r="D73" s="6">
-        <v>20</v>
+        <v>170</v>
       </c>
       <c r="E73" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>20</v>
+        <v>170</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
         <v>136</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>137</v>
       </c>
       <c r="C74" s="6">
         <v>0</v>
       </c>
       <c r="D74" s="6">
-        <v>20</v>
+        <v>230</v>
       </c>
       <c r="E74" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>20</v>
+        <v>230</v>
       </c>
       <c r="F74" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
         <v>138</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>139</v>
       </c>
       <c r="C75" s="6">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="D75" s="6">
         <v>120</v>
       </c>
       <c r="E75" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>160</v>
+        <v>120</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
         <v>140</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>141</v>
       </c>
       <c r="C76" s="6">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="D76" s="6">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="E76" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>160</v>
+        <v>110</v>
       </c>
       <c r="F76" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
         <v>142</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>143</v>
       </c>
       <c r="C77" s="6">
         <v>0</v>
       </c>
       <c r="D77" s="6">
-        <v>150</v>
+        <v>10</v>
       </c>
       <c r="E77" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>150</v>
+        <v>10</v>
       </c>
       <c r="F77" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
         <v>144</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>145</v>
       </c>
       <c r="C78" s="6">
         <v>0</v>
       </c>
       <c r="D78" s="6">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="E78" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
         <v>146</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>147</v>
       </c>
       <c r="C79" s="6">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="D79" s="6">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="E79" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>40</v>
+        <v>110</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
         <v>148</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>149</v>
       </c>
       <c r="C80" s="6">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="D80" s="6">
-        <v>20</v>
+        <v>90</v>
       </c>
       <c r="E80" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="F80" s="5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
         <v>150</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>151</v>
       </c>
       <c r="C81" s="6">
         <v>0</v>
       </c>
       <c r="D81" s="6">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="E81" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="F81" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
         <v>152</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>153</v>
       </c>
       <c r="C82" s="6">
-        <v>190</v>
+        <v>0</v>
       </c>
       <c r="D82" s="6">
-        <v>230</v>
+        <v>30</v>
       </c>
       <c r="E82" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>420</v>
+        <v>30</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
         <v>154</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>155</v>
       </c>
       <c r="C83" s="6">
         <v>0</v>
       </c>
       <c r="D83" s="6">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="E83" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="F83" s="5" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
         <v>156</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>157</v>
       </c>
       <c r="C84" s="6">
         <v>0</v>
       </c>
       <c r="D84" s="6">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="E84" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="F84" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
         <v>158</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>159</v>
       </c>
       <c r="C85" s="6">
-        <v>300</v>
+        <v>70</v>
       </c>
       <c r="D85" s="6">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="E85" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>400</v>
+        <v>230</v>
       </c>
       <c r="F85" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
         <v>160</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>161</v>
       </c>
       <c r="C86" s="6">
-        <v>360</v>
+        <v>140</v>
       </c>
       <c r="D86" s="6">
-        <v>10</v>
+        <v>170</v>
       </c>
       <c r="E86" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>370</v>
+        <v>310</v>
       </c>
       <c r="F86" s="5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
         <v>162</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>163</v>
       </c>
       <c r="C87" s="6">
         <v>0</v>
       </c>
       <c r="D87" s="6">
-        <v>160</v>
+        <v>40</v>
       </c>
       <c r="E87" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>160</v>
+        <v>40</v>
       </c>
       <c r="F87" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
         <v>164</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>165</v>
       </c>
       <c r="C88" s="6">
         <v>0</v>
       </c>
       <c r="D88" s="6">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="E88" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F88" s="5" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
         <v>166</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>167</v>
       </c>
       <c r="C89" s="6">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="D89" s="6">
-        <v>190</v>
+        <v>150</v>
       </c>
       <c r="E89" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>320</v>
+        <v>150</v>
       </c>
       <c r="F89" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
         <v>168</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>169</v>
       </c>
       <c r="C90" s="6">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="D90" s="6">
-        <v>430</v>
+        <v>160</v>
       </c>
       <c r="E90" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>430</v>
+        <v>370</v>
       </c>
       <c r="F90" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
         <v>170</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>171</v>
       </c>
       <c r="C91" s="6">
-        <v>440</v>
+        <v>0</v>
       </c>
       <c r="D91" s="6">
-        <v>270</v>
+        <v>10</v>
       </c>
       <c r="E91" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>710</v>
+        <v>10</v>
       </c>
       <c r="F91" s="5" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
         <v>172</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>173</v>
       </c>
       <c r="C92" s="6">
         <v>0</v>
       </c>
       <c r="D92" s="6">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="E92" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="F92" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
         <v>174</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>175</v>
       </c>
       <c r="C93" s="6">
         <v>0</v>
       </c>
       <c r="D93" s="6">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="E93" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
         <v>176</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>177</v>
       </c>
       <c r="C94" s="6">
         <v>0</v>
       </c>
       <c r="D94" s="6">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="E94" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
         <v>178</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>179</v>
       </c>
       <c r="C95" s="6">
         <v>0</v>
       </c>
       <c r="D95" s="6">
-        <v>620</v>
+        <v>10</v>
       </c>
       <c r="E95" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>620</v>
+        <v>10</v>
       </c>
       <c r="F95" s="5" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
         <v>180</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>181</v>
       </c>
       <c r="C96" s="6">
-        <v>460</v>
+        <v>0</v>
       </c>
       <c r="D96" s="6">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="E96" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>620</v>
+        <v>100</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
         <v>182</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>183</v>
       </c>
       <c r="C97" s="6">
-        <v>710</v>
+        <v>0</v>
       </c>
       <c r="D97" s="6">
-        <v>190</v>
+        <v>400</v>
       </c>
       <c r="E97" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>900</v>
+        <v>400</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
         <v>184</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>185</v>
       </c>
       <c r="C98" s="6">
-        <v>960</v>
+        <v>480</v>
       </c>
       <c r="D98" s="6">
-        <v>60</v>
+        <v>440</v>
       </c>
       <c r="E98" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1020</v>
+        <v>920</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
         <v>186</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>187</v>
       </c>
       <c r="C99" s="6">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="D99" s="6">
-        <v>290</v>
+        <v>130</v>
       </c>
       <c r="E99" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1190</v>
+        <v>130</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
         <v>188</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>189</v>
       </c>
       <c r="C100" s="6">
-        <v>580</v>
+        <v>0</v>
       </c>
       <c r="D100" s="6">
-        <v>1720</v>
+        <v>190</v>
       </c>
       <c r="E100" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2300</v>
+        <v>190</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
         <v>190</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>191</v>
       </c>
       <c r="C101" s="6">
-        <v>1160</v>
+        <v>0</v>
       </c>
       <c r="D101" s="6">
-        <v>440</v>
+        <v>50</v>
       </c>
       <c r="E101" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1600</v>
+        <v>50</v>
       </c>
       <c r="F101" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
         <v>192</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>193</v>
       </c>
       <c r="C102" s="6">
-        <v>6560</v>
+        <v>0</v>
       </c>
       <c r="D102" s="6">
-        <v>500</v>
+        <v>580</v>
       </c>
       <c r="E102" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>7060</v>
+        <v>580</v>
       </c>
       <c r="F102" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
         <v>194</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>195</v>
       </c>
       <c r="C103" s="6">
-        <v>1240</v>
+        <v>220</v>
       </c>
       <c r="D103" s="6">
-        <v>230</v>
+        <v>90</v>
       </c>
       <c r="E103" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1470</v>
+        <v>310</v>
       </c>
       <c r="F103" s="5" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
         <v>196</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>197</v>
       </c>
       <c r="C104" s="6">
-        <v>0</v>
+        <v>1310</v>
       </c>
       <c r="D104" s="6">
-        <v>130</v>
+        <v>170</v>
       </c>
       <c r="E104" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>130</v>
+        <v>1480</v>
       </c>
       <c r="F104" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
         <v>198</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>199</v>
       </c>
       <c r="C105" s="6">
-        <v>850</v>
+        <v>1030</v>
       </c>
       <c r="D105" s="6">
-        <v>210</v>
+        <v>60</v>
       </c>
       <c r="E105" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1060</v>
+        <v>1090</v>
       </c>
       <c r="F105" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
         <v>200</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>201</v>
       </c>
       <c r="C106" s="6">
-        <v>490</v>
+        <v>300</v>
       </c>
       <c r="D106" s="6">
-        <v>100</v>
+        <v>270</v>
       </c>
       <c r="E106" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>590</v>
+        <v>570</v>
       </c>
       <c r="F106" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
         <v>202</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>203</v>
       </c>
       <c r="C107" s="6">
-        <v>5290</v>
+        <v>0</v>
       </c>
       <c r="D107" s="6">
-        <v>270</v>
+        <v>1610</v>
       </c>
       <c r="E107" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5560</v>
+        <v>1610</v>
       </c>
       <c r="F107" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
         <v>204</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>205</v>
       </c>
       <c r="C108" s="6">
-        <v>5350</v>
+        <v>1410</v>
       </c>
       <c r="D108" s="6">
-        <v>200</v>
+        <v>410</v>
       </c>
       <c r="E108" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5550</v>
+        <v>1820</v>
       </c>
       <c r="F108" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
         <v>206</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>207</v>
       </c>
       <c r="C109" s="6">
-        <v>0</v>
+        <v>4920</v>
       </c>
       <c r="D109" s="6">
-        <v>1650</v>
+        <v>470</v>
       </c>
       <c r="E109" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1650</v>
+        <v>5390</v>
       </c>
       <c r="F109" s="5" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
         <v>208</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>209</v>
       </c>
       <c r="C110" s="6">
-        <v>1230</v>
+        <v>1590</v>
       </c>
       <c r="D110" s="6">
-        <v>70</v>
+        <v>220</v>
       </c>
       <c r="E110" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1300</v>
+        <v>1810</v>
       </c>
       <c r="F110" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
         <v>210</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>211</v>
       </c>
       <c r="C111" s="6">
-        <v>1440</v>
+        <v>0</v>
       </c>
       <c r="D111" s="6">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="E111" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1530</v>
+        <v>120</v>
       </c>
       <c r="F111" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
         <v>212</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>213</v>
       </c>
       <c r="C112" s="6">
-        <v>0</v>
+        <v>1350</v>
       </c>
       <c r="D112" s="6">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="E112" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>100</v>
+        <v>1550</v>
       </c>
       <c r="F112" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
         <v>214</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>215</v>
       </c>
       <c r="C113" s="6">
-        <v>350</v>
+        <v>1180</v>
       </c>
       <c r="D113" s="6">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="E113" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>410</v>
+        <v>1280</v>
       </c>
       <c r="F113" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
         <v>216</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>217</v>
       </c>
       <c r="C114" s="6">
-        <v>380</v>
+        <v>6150</v>
       </c>
       <c r="D114" s="6">
-        <v>120</v>
+        <v>250</v>
       </c>
       <c r="E114" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>500</v>
+        <v>6400</v>
       </c>
       <c r="F114" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
         <v>218</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>219</v>
       </c>
       <c r="C115" s="6">
-        <v>1320</v>
+        <v>6090</v>
       </c>
       <c r="D115" s="6">
-        <v>220</v>
+        <v>190</v>
       </c>
       <c r="E115" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1540</v>
+        <v>6280</v>
       </c>
       <c r="F115" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
         <v>220</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>221</v>
       </c>
       <c r="C116" s="6">
-        <v>700</v>
+        <v>50</v>
       </c>
       <c r="D116" s="6">
-        <v>70</v>
+        <v>1460</v>
       </c>
       <c r="E116" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>770</v>
+        <v>1510</v>
       </c>
       <c r="F116" s="5" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
         <v>222</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>223</v>
       </c>
       <c r="C117" s="6">
-        <v>300</v>
+        <v>1180</v>
       </c>
       <c r="D117" s="6">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="E117" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>400</v>
+        <v>1240</v>
       </c>
       <c r="F117" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
         <v>224</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>225</v>
       </c>
       <c r="C118" s="6">
-        <v>600</v>
+        <v>1530</v>
       </c>
       <c r="D118" s="6">
-        <v>270</v>
+        <v>90</v>
       </c>
       <c r="E118" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>870</v>
+        <v>1620</v>
       </c>
       <c r="F118" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
         <v>226</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>227</v>
       </c>
       <c r="C119" s="6">
-        <v>2100</v>
+        <v>580</v>
       </c>
       <c r="D119" s="6">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="E119" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2210</v>
+        <v>670</v>
       </c>
       <c r="F119" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
         <v>228</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>229</v>
       </c>
       <c r="C120" s="6">
-        <v>2030</v>
+        <v>900</v>
       </c>
       <c r="D120" s="6">
-        <v>120</v>
+        <v>50</v>
       </c>
       <c r="E120" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2150</v>
+        <v>950</v>
       </c>
       <c r="F120" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
         <v>230</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>231</v>
       </c>
       <c r="C121" s="6">
-        <v>4740</v>
+        <v>1770</v>
       </c>
       <c r="D121" s="6">
-        <v>260</v>
+        <v>110</v>
       </c>
       <c r="E121" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5000</v>
+        <v>1880</v>
       </c>
       <c r="F121" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
         <v>232</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>233</v>
       </c>
       <c r="C122" s="6">
-        <v>650</v>
+        <v>1410</v>
       </c>
       <c r="D122" s="6">
-        <v>80</v>
+        <v>210</v>
       </c>
       <c r="E122" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>730</v>
+        <v>1620</v>
       </c>
       <c r="F122" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
         <v>234</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>235</v>
       </c>
       <c r="C123" s="6">
-        <v>6950</v>
+        <v>960</v>
       </c>
       <c r="D123" s="6">
-        <v>340</v>
+        <v>70</v>
       </c>
       <c r="E123" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>7290</v>
+        <v>1030</v>
       </c>
       <c r="F123" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
         <v>236</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>237</v>
       </c>
       <c r="C124" s="6">
-        <v>1320</v>
+        <v>120</v>
       </c>
       <c r="D124" s="6">
-        <v>280</v>
+        <v>50</v>
       </c>
       <c r="E124" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1600</v>
+        <v>170</v>
       </c>
       <c r="F124" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
         <v>238</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>239</v>
       </c>
       <c r="C125" s="6">
-        <v>1920</v>
+        <v>1430</v>
       </c>
       <c r="D125" s="6">
-        <v>330</v>
+        <v>250</v>
       </c>
       <c r="E125" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2250</v>
+        <v>1680</v>
       </c>
       <c r="F125" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
         <v>240</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>241</v>
       </c>
       <c r="C126" s="6">
-        <v>610</v>
+        <v>2130</v>
       </c>
       <c r="D126" s="6">
-        <v>280</v>
+        <v>100</v>
       </c>
       <c r="E126" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>890</v>
+        <v>2230</v>
       </c>
       <c r="F126" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
         <v>242</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>243</v>
       </c>
       <c r="C127" s="6">
-        <v>610</v>
+        <v>1400</v>
       </c>
       <c r="D127" s="6">
-        <v>180</v>
+        <v>110</v>
       </c>
       <c r="E127" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>790</v>
+        <v>1510</v>
       </c>
       <c r="F127" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
         <v>244</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>245</v>
       </c>
       <c r="C128" s="6">
-        <v>1540</v>
+        <v>8940</v>
       </c>
       <c r="D128" s="6">
-        <v>390</v>
+        <v>250</v>
       </c>
       <c r="E128" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1930</v>
+        <v>9190</v>
       </c>
       <c r="F128" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
         <v>246</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>247</v>
       </c>
       <c r="C129" s="6">
-        <v>1110</v>
+        <v>1270</v>
       </c>
       <c r="D129" s="6">
-        <v>220</v>
+        <v>70</v>
       </c>
       <c r="E129" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1330</v>
+        <v>1340</v>
       </c>
       <c r="F129" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
         <v>248</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>249</v>
       </c>
       <c r="C130" s="6">
-        <v>0</v>
+        <v>8590</v>
       </c>
       <c r="D130" s="6">
-        <v>80</v>
+        <v>320</v>
       </c>
       <c r="E130" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>80</v>
+        <v>8910</v>
       </c>
       <c r="F130" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
         <v>250</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>251</v>
       </c>
       <c r="C131" s="6">
-        <v>1190</v>
+        <v>4040</v>
       </c>
       <c r="D131" s="6">
-        <v>330</v>
+        <v>260</v>
       </c>
       <c r="E131" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1520</v>
+        <v>4300</v>
       </c>
       <c r="F131" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
         <v>252</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>253</v>
       </c>
       <c r="C132" s="6">
-        <v>0</v>
+        <v>5920</v>
       </c>
       <c r="D132" s="6">
-        <v>30</v>
+        <v>310</v>
       </c>
       <c r="E132" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>30</v>
+        <v>6230</v>
       </c>
       <c r="F132" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
         <v>254</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>255</v>
       </c>
       <c r="C133" s="6">
-        <v>620</v>
+        <v>1950</v>
       </c>
       <c r="D133" s="6">
-        <v>100</v>
+        <v>260</v>
       </c>
       <c r="E133" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>720</v>
+        <v>2210</v>
       </c>
       <c r="F133" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
         <v>256</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>257</v>
       </c>
       <c r="C134" s="6">
-        <v>1140</v>
+        <v>1210</v>
       </c>
       <c r="D134" s="6">
-        <v>270</v>
+        <v>170</v>
       </c>
       <c r="E134" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1410</v>
+        <v>1380</v>
       </c>
       <c r="F134" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
         <v>258</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>259</v>
       </c>
       <c r="C135" s="6">
-        <v>6060</v>
+        <v>2380</v>
       </c>
       <c r="D135" s="6">
-        <v>250</v>
+        <v>370</v>
       </c>
       <c r="E135" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>6310</v>
+        <v>2750</v>
       </c>
       <c r="F135" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
         <v>260</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>261</v>
       </c>
       <c r="C136" s="6">
-        <v>480</v>
+        <v>1580</v>
       </c>
       <c r="D136" s="6">
-        <v>20</v>
+        <v>210</v>
       </c>
       <c r="E136" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>500</v>
+        <v>1790</v>
       </c>
       <c r="F136" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
         <v>262</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>263</v>
       </c>
       <c r="C137" s="6">
-        <v>730</v>
+        <v>370</v>
       </c>
       <c r="D137" s="6">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="E137" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>850</v>
+        <v>440</v>
       </c>
       <c r="F137" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
         <v>264</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>265</v>
       </c>
       <c r="C138" s="6">
-        <v>1270</v>
+        <v>1210</v>
       </c>
       <c r="D138" s="6">
-        <v>240</v>
+        <v>310</v>
       </c>
       <c r="E138" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1510</v>
+        <v>1520</v>
       </c>
       <c r="F138" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
         <v>266</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>267</v>
       </c>
       <c r="C139" s="6">
-        <v>620</v>
+        <v>0</v>
       </c>
       <c r="D139" s="6">
-        <v>240</v>
+        <v>30</v>
       </c>
       <c r="E139" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>860</v>
+        <v>30</v>
       </c>
       <c r="F139" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
         <v>268</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>269</v>
       </c>
       <c r="C140" s="6">
-        <v>1910</v>
+        <v>740</v>
       </c>
       <c r="D140" s="6">
-        <v>420</v>
+        <v>90</v>
       </c>
       <c r="E140" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2330</v>
+        <v>830</v>
       </c>
       <c r="F140" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
         <v>270</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>271</v>
       </c>
       <c r="C141" s="6">
-        <v>0</v>
+        <v>1220</v>
       </c>
       <c r="D141" s="6">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="E141" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>30</v>
+        <v>1470</v>
       </c>
       <c r="F141" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
         <v>272</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>273</v>
       </c>
       <c r="C142" s="6">
-        <v>610</v>
+        <v>5450</v>
       </c>
       <c r="D142" s="6">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="E142" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>830</v>
+        <v>5660</v>
       </c>
       <c r="F142" s="5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
         <v>274</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>275</v>
       </c>
       <c r="C143" s="6">
-        <v>2110</v>
+        <v>1130</v>
       </c>
       <c r="D143" s="6">
-        <v>460</v>
+        <v>20</v>
       </c>
       <c r="E143" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2570</v>
+        <v>1150</v>
       </c>
       <c r="F143" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
         <v>276</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>277</v>
       </c>
       <c r="C144" s="6">
-        <v>0</v>
+        <v>1760</v>
       </c>
       <c r="D144" s="6">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="E144" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>200</v>
+        <v>1860</v>
       </c>
       <c r="F144" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
         <v>278</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>279</v>
       </c>
       <c r="C145" s="6">
-        <v>2250</v>
+        <v>2230</v>
       </c>
       <c r="D145" s="6">
-        <v>2160</v>
+        <v>230</v>
       </c>
       <c r="E145" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>4410</v>
+        <v>2460</v>
       </c>
       <c r="F145" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
         <v>280</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>281</v>
       </c>
       <c r="C146" s="6">
-        <v>5500</v>
+        <v>4320</v>
       </c>
       <c r="D146" s="6">
-        <v>240</v>
+        <v>210</v>
       </c>
       <c r="E146" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5740</v>
+        <v>4530</v>
       </c>
       <c r="F146" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
         <v>282</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>283</v>
       </c>
       <c r="C147" s="6">
-        <v>950</v>
+        <v>4270</v>
       </c>
       <c r="D147" s="6">
-        <v>60</v>
+        <v>400</v>
       </c>
       <c r="E147" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1010</v>
+        <v>4670</v>
       </c>
       <c r="F147" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
         <v>284</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>285</v>
       </c>
       <c r="C148" s="6">
-        <v>4460</v>
+        <v>0</v>
       </c>
       <c r="D148" s="6">
-        <v>3640</v>
+        <v>30</v>
       </c>
       <c r="E148" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>8100</v>
+        <v>30</v>
       </c>
       <c r="F148" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
         <v>286</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>287</v>
       </c>
       <c r="C149" s="6">
-        <v>1850</v>
+        <v>1300</v>
       </c>
       <c r="D149" s="6">
-        <v>400</v>
+        <v>210</v>
       </c>
       <c r="E149" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2250</v>
+        <v>1510</v>
       </c>
       <c r="F149" s="5" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
         <v>288</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>289</v>
       </c>
       <c r="C150" s="6">
-        <v>1510</v>
+        <v>1580</v>
       </c>
       <c r="D150" s="6">
-        <v>260</v>
+        <v>420</v>
       </c>
       <c r="E150" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1770</v>
+        <v>2000</v>
       </c>
       <c r="F150" s="5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="B151" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="C151" s="6">
+        <v>0</v>
+      </c>
+      <c r="D151" s="6">
+        <v>170</v>
+      </c>
+      <c r="E151" s="8">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>170</v>
+      </c>
+      <c r="F151" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="B152" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="C152" s="6">
+        <v>4580</v>
+      </c>
+      <c r="D152" s="6">
+        <v>2030</v>
+      </c>
+      <c r="E152" s="8">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>6610</v>
+      </c>
+      <c r="F152" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="B153" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="C153" s="6">
+        <v>5100</v>
+      </c>
+      <c r="D153" s="6">
+        <v>200</v>
+      </c>
+      <c r="E153" s="8">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>5300</v>
+      </c>
+      <c r="F153" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="B154" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="C154" s="6">
+        <v>540</v>
+      </c>
+      <c r="D154" s="6">
+        <v>60</v>
+      </c>
+      <c r="E154" s="8">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>600</v>
+      </c>
+      <c r="F154" s="5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="B155" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="C155" s="6">
+        <v>5380</v>
+      </c>
+      <c r="D155" s="6">
+        <v>3130</v>
+      </c>
+      <c r="E155" s="8">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>8510</v>
+      </c>
+      <c r="F155" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="B156" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="C156" s="6">
+        <v>1930</v>
+      </c>
+      <c r="D156" s="6">
+        <v>370</v>
+      </c>
+      <c r="E156" s="8">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>2300</v>
+      </c>
+      <c r="F156" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="B157" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="C157" s="6">
+        <v>1600</v>
+      </c>
+      <c r="D157" s="6">
+        <v>250</v>
+      </c>
+      <c r="E157" s="8">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>1850</v>
+      </c>
+      <c r="F157" s="5" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K35"/>
+  <dimension ref="A1:K37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="22.389629364013672" customWidth="1"/>
     <col min="4" max="4" width="35.52476501464844" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>292</v>
+        <v>306</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>295</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>140.09</v>
+        <v>153.95</v>
       </c>
       <c r="D3" s="4">
-        <v>140.09</v>
+        <v>153.95</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>280.18</v>
+        <v>307.9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-48.53</v>
+        <v>-52.18</v>
       </c>
       <c r="D4" s="4">
-        <v>-48.53</v>
+        <v>-52.18</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-97.06</v>
+        <v>-104.36</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>91.56</v>
+        <v>101.77</v>
       </c>
       <c r="D8" s="4">
-        <v>91.56</v>
+        <v>101.77</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>183.12</v>
+        <v>203.54</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>91.56</v>
+        <v>101.77</v>
       </c>
       <c r="D11" s="4">
-        <v>91.56</v>
+        <v>101.77</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>183.12</v>
+        <v>203.54</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>91.56</v>
+        <v>101.77</v>
       </c>
       <c r="D13" s="4">
-        <v>91.56</v>
+        <v>101.77</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>183.12</v>
+        <v>203.54</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>308</v>
+        <v>322</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E17" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F17" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>430</v>
+        <v>1590</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>430</v>
+        <v>1590</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.12011173184357542</v>
+        <v>0.4119170984455958</v>
       </c>
       <c r="K17" s="10">
-        <v>21.9</v>
+        <v>83.56</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E18" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F18" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G18" s="3">
         <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>160</v>
+        <v>80</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>160</v>
+        <v>80</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0446927374301676</v>
+        <v>0.02072538860103627</v>
       </c>
       <c r="K18" s="10">
-        <v>8.14</v>
+        <v>4.22</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E19" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F19" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G19" s="3">
         <v>0</v>
       </c>
       <c r="H19" s="3">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.04189944134078212</v>
+        <v>0.031088082901554407</v>
       </c>
       <c r="K19" s="10">
-        <v>7.72</v>
+        <v>6.28</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E20" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F20" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G20" s="3">
         <v>0</v>
       </c>
       <c r="H20" s="3">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.08379888268156425</v>
+        <v>0.0025906735751295338</v>
       </c>
       <c r="K20" s="10">
-        <v>15.38</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E21" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F21" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G21" s="3">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="H21" s="3">
-        <v>150</v>
+        <v>230</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>270</v>
+        <v>230</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.07541899441340782</v>
+        <v>0.05958549222797928</v>
       </c>
       <c r="K21" s="10">
-        <v>13.86</v>
+        <v>12.12</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E22" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F22" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G22" s="3">
         <v>0</v>
       </c>
       <c r="H22" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.00558659217877095</v>
+        <v>0.031088082901554407</v>
       </c>
       <c r="K22" s="10">
-        <v>1.1</v>
+        <v>6.28</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E23" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F23" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G23" s="3">
         <v>0</v>
       </c>
       <c r="H23" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.00558659217877095</v>
+        <v>0.0025906735751295338</v>
       </c>
       <c r="K23" s="10">
-        <v>1.1</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E24" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F24" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G24" s="3">
         <v>0</v>
       </c>
       <c r="H24" s="3">
-        <v>150</v>
+        <v>10</v>
       </c>
       <c r="I24" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>150</v>
+        <v>10</v>
       </c>
       <c r="J24" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.04189944134078212</v>
+        <v>0.0025906735751295338</v>
       </c>
       <c r="K24" s="10">
-        <v>7.72</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E25" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F25" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G25" s="3">
         <v>0</v>
       </c>
       <c r="H25" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I25" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="J25" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.00558659217877095</v>
+        <v>0.031088082901554407</v>
       </c>
       <c r="K25" s="10">
-        <v>1.1</v>
+        <v>6.28</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E26" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F26" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G26" s="3">
         <v>0</v>
       </c>
       <c r="H26" s="3">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="I26" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="J26" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.02793296089385475</v>
+        <v>0.0025906735751295338</v>
       </c>
       <c r="K26" s="10">
-        <v>5.16</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E27" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F27" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G27" s="3">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="H27" s="3">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="I27" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>100</v>
+        <v>230</v>
       </c>
       <c r="J27" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.02793296089385475</v>
+        <v>0.05958549222797928</v>
       </c>
       <c r="K27" s="10">
-        <v>5.16</v>
+        <v>12.12</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E28" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F28" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G28" s="3">
         <v>0</v>
       </c>
       <c r="H28" s="3">
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="I28" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="J28" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.025139664804469275</v>
+        <v>0.010362694300518135</v>
       </c>
       <c r="K28" s="10">
-        <v>4.62</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>158</v>
+        <v>166</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E29" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F29" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G29" s="3">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="H29" s="3">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="I29" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="J29" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.111731843575419</v>
+        <v>0.038860103626943004</v>
       </c>
       <c r="K29" s="10">
-        <v>20.32</v>
+        <v>7.96</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E30" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F30" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G30" s="3">
-        <v>360</v>
+        <v>210</v>
       </c>
       <c r="H30" s="3">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="I30" s="3">
         <f>[Oil Value]+[Gas Value]</f>
         <v>370</v>
       </c>
       <c r="J30" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.10335195530726257</v>
+        <v>0.09585492227979274</v>
       </c>
       <c r="K30" s="10">
-        <v>18.86</v>
+        <v>19.46</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E31" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F31" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G31" s="3">
         <v>0</v>
       </c>
       <c r="H31" s="3">
-        <v>160</v>
+        <v>10</v>
       </c>
       <c r="I31" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>160</v>
+        <v>10</v>
       </c>
       <c r="J31" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0446927374301676</v>
+        <v>0.0025906735751295338</v>
       </c>
       <c r="K31" s="10">
-        <v>8.14</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E32" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F32" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G32" s="3">
         <v>0</v>
       </c>
       <c r="H32" s="3">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I32" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="J32" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.00558659217877095</v>
+        <v>0.0025906735751295338</v>
       </c>
       <c r="K32" s="10">
-        <v>1.1</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E33" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F33" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G33" s="3">
-        <v>130</v>
+        <v>0</v>
       </c>
       <c r="H33" s="3">
-        <v>190</v>
+        <v>80</v>
       </c>
       <c r="I33" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>320</v>
+        <v>80</v>
       </c>
       <c r="J33" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0893854748603352</v>
+        <v>0.02072538860103627</v>
       </c>
       <c r="K33" s="10">
-        <v>16.24</v>
+        <v>4.22</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E34" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F34" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G34" s="3">
         <v>0</v>
       </c>
       <c r="H34" s="3">
-        <v>430</v>
+        <v>40</v>
       </c>
       <c r="I34" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>430</v>
+        <v>40</v>
       </c>
       <c r="J34" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.12011173184357542</v>
+        <v>0.010362694300518135</v>
       </c>
       <c r="K34" s="10">
-        <v>21.9</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E35" s="2">
-        <v>77.92</v>
+        <v>79.61</v>
       </c>
       <c r="F35" s="2">
-        <v>50.783239</v>
+        <v>52.497963</v>
       </c>
       <c r="G35" s="3">
         <v>0</v>
       </c>
       <c r="H35" s="3">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="I35" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="J35" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.019553072625698324</v>
+        <v>0.025906735751295335</v>
       </c>
       <c r="K35" s="10">
-        <v>3.6</v>
+        <v>5.32</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="D36" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="E36" s="2">
+        <v>79.61</v>
+      </c>
+      <c r="F36" s="2">
+        <v>52.497963</v>
+      </c>
+      <c r="G36" s="3">
+        <v>0</v>
+      </c>
+      <c r="H36" s="3">
+        <v>400</v>
+      </c>
+      <c r="I36" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>400</v>
+      </c>
+      <c r="J36" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.10362694300518134</v>
+      </c>
+      <c r="K36" s="10">
+        <v>21.02</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="D37" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="E37" s="2">
+        <v>79.61</v>
+      </c>
+      <c r="F37" s="2">
+        <v>52.497963</v>
+      </c>
+      <c r="G37" s="3">
+        <v>0</v>
+      </c>
+      <c r="H37" s="3">
+        <v>130</v>
+      </c>
+      <c r="I37" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>130</v>
+      </c>
+      <c r="J37" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.03367875647668394</v>
+      </c>
+      <c r="K37" s="10">
+        <v>6.86</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="32.00235366821289" customWidth="1"/>
     <col min="4" max="4" width="31.34963607788086" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>292</v>
+        <v>306</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>295</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>1805.14</v>
+        <v>2724.33</v>
       </c>
       <c r="D3" s="4">
-        <v>1805.14</v>
+        <v>2724.33</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>3610.28</v>
+        <v>5448.66</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-660.38</v>
+        <v>-1000.52</v>
       </c>
       <c r="D4" s="4">
-        <v>-660.38</v>
+        <v>-1000.52</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-1320.76</v>
+        <v>-2001.04</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>1144.76</v>
+        <v>1723.81</v>
       </c>
       <c r="D8" s="4">
-        <v>1144.76</v>
+        <v>1723.81</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>2289.52</v>
+        <v>3447.62</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>1144.76</v>
+        <v>1723.81</v>
       </c>
       <c r="D11" s="4">
-        <v>1144.76</v>
+        <v>1723.81</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>2289.52</v>
+        <v>3447.62</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>1144.76</v>
+        <v>1723.81</v>
       </c>
       <c r="D13" s="4">
-        <v>1144.76</v>
+        <v>1723.81</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>2289.52</v>
+        <v>3447.62</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>308</v>
+        <v>322</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E17" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F17" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G17" s="3">
-        <v>960</v>
+        <v>1030</v>
       </c>
       <c r="H17" s="3">
         <v>60</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1020</v>
+        <v>1090</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.024697336561743343</v>
+        <v>0.01745396317053643</v>
       </c>
       <c r="K17" s="10">
-        <v>56.6</v>
+        <v>60.22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>198</v>
+        <v>212</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>199</v>
+        <v>213</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E18" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F18" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G18" s="3">
-        <v>850</v>
+        <v>1350</v>
       </c>
       <c r="H18" s="3">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1060</v>
+        <v>1550</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.025665859564164648</v>
+        <v>0.024819855884707767</v>
       </c>
       <c r="K18" s="10">
-        <v>58.8</v>
+        <v>85.7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>213</v>
+        <v>227</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E19" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F19" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G19" s="3">
-        <v>0</v>
+        <v>580</v>
       </c>
       <c r="H19" s="3">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>100</v>
+        <v>670</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.002421307506053269</v>
+        <v>0.010728582866293036</v>
       </c>
       <c r="K19" s="10">
-        <v>5.72</v>
+        <v>36.98</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>214</v>
+        <v>228</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>215</v>
+        <v>229</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E20" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F20" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G20" s="3">
-        <v>350</v>
+        <v>900</v>
       </c>
       <c r="H20" s="3">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>410</v>
+        <v>950</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.009927360774818402</v>
+        <v>0.01521216973578863</v>
       </c>
       <c r="K20" s="10">
-        <v>22.76</v>
+        <v>52.52</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>220</v>
+        <v>234</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>221</v>
+        <v>235</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E21" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F21" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G21" s="3">
-        <v>700</v>
+        <v>960</v>
       </c>
       <c r="H21" s="3">
         <v>70</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>770</v>
+        <v>1030</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.01864406779661017</v>
+        <v>0.016493194555644516</v>
       </c>
       <c r="K21" s="10">
-        <v>42.72</v>
+        <v>56.84</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>224</v>
+        <v>238</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E22" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F22" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G22" s="3">
-        <v>600</v>
+        <v>1430</v>
       </c>
       <c r="H22" s="3">
-        <v>270</v>
+        <v>250</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>870</v>
+        <v>1680</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.021065375302663437</v>
+        <v>0.026901521216973583</v>
       </c>
       <c r="K22" s="10">
-        <v>48.28</v>
+        <v>92.76</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>227</v>
+        <v>241</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E23" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F23" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G23" s="3">
-        <v>2100</v>
+        <v>2130</v>
       </c>
       <c r="H23" s="3">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2210</v>
+        <v>2230</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.05351089588377724</v>
+        <v>0.03570856685348279</v>
       </c>
       <c r="K23" s="10">
-        <v>122.5</v>
+        <v>123.16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>228</v>
+        <v>242</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>229</v>
+        <v>243</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E24" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F24" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G24" s="3">
-        <v>2030</v>
+        <v>1400</v>
       </c>
       <c r="H24" s="3">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="I24" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2150</v>
+        <v>1510</v>
       </c>
       <c r="J24" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.05205811138014528</v>
+        <v>0.024179343474779826</v>
       </c>
       <c r="K24" s="10">
-        <v>119.26</v>
+        <v>83.32</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>230</v>
+        <v>244</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>231</v>
+        <v>245</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E25" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F25" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G25" s="3">
-        <v>4740</v>
+        <v>8940</v>
       </c>
       <c r="H25" s="3">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="I25" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5000</v>
+        <v>9190</v>
       </c>
       <c r="J25" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.12106537530266344</v>
+        <v>0.14715772618094475</v>
       </c>
       <c r="K25" s="10">
-        <v>276.98</v>
+        <v>507.2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E26" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F26" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G26" s="3">
-        <v>650</v>
+        <v>1270</v>
       </c>
       <c r="H26" s="3">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="I26" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>730</v>
+        <v>1340</v>
       </c>
       <c r="J26" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.017675544794188862</v>
+        <v>0.021457165732586072</v>
       </c>
       <c r="K26" s="10">
-        <v>40.46</v>
+        <v>74.04</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E27" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F27" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G27" s="3">
-        <v>6950</v>
+        <v>8590</v>
       </c>
       <c r="H27" s="3">
-        <v>340</v>
+        <v>320</v>
       </c>
       <c r="I27" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>7290</v>
+        <v>8910</v>
       </c>
       <c r="J27" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.1765133171912833</v>
+        <v>0.14267413931144918</v>
       </c>
       <c r="K27" s="10">
-        <v>403.94</v>
+        <v>491.66</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>237</v>
+        <v>251</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E28" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F28" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G28" s="3">
-        <v>1320</v>
+        <v>4040</v>
       </c>
       <c r="H28" s="3">
-        <v>280</v>
+        <v>260</v>
       </c>
       <c r="I28" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1600</v>
+        <v>4300</v>
       </c>
       <c r="J28" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0387409200968523</v>
+        <v>0.06885508406725381</v>
       </c>
       <c r="K28" s="10">
-        <v>88.6</v>
+        <v>237.5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>238</v>
+        <v>252</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>239</v>
+        <v>253</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E29" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F29" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G29" s="3">
-        <v>1920</v>
+        <v>5920</v>
       </c>
       <c r="H29" s="3">
-        <v>330</v>
+        <v>310</v>
       </c>
       <c r="I29" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2250</v>
+        <v>6230</v>
       </c>
       <c r="J29" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.05447941888619854</v>
+        <v>0.09975980784627703</v>
       </c>
       <c r="K29" s="10">
-        <v>124.72</v>
+        <v>343.86</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>242</v>
+        <v>256</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>243</v>
+        <v>257</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E30" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F30" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G30" s="3">
-        <v>610</v>
+        <v>1210</v>
       </c>
       <c r="H30" s="3">
-        <v>180</v>
+        <v>170</v>
       </c>
       <c r="I30" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>790</v>
+        <v>1380</v>
       </c>
       <c r="J30" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.019128329297820823</v>
+        <v>0.02209767814251401</v>
       </c>
       <c r="K30" s="10">
-        <v>43.84</v>
+        <v>76.16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>244</v>
+        <v>258</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>245</v>
+        <v>259</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E31" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F31" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G31" s="3">
-        <v>1540</v>
+        <v>2380</v>
       </c>
       <c r="H31" s="3">
-        <v>390</v>
+        <v>370</v>
       </c>
       <c r="I31" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1930</v>
+        <v>2750</v>
       </c>
       <c r="J31" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.046731234866828085</v>
+        <v>0.044035228182546036</v>
       </c>
       <c r="K31" s="10">
-        <v>106.96</v>
+        <v>151.86</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>246</v>
+        <v>260</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>247</v>
+        <v>261</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E32" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F32" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G32" s="3">
-        <v>1110</v>
+        <v>1580</v>
       </c>
       <c r="H32" s="3">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="I32" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1330</v>
+        <v>1790</v>
       </c>
       <c r="J32" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03220338983050848</v>
+        <v>0.02866293034427542</v>
       </c>
       <c r="K32" s="10">
-        <v>73.72</v>
+        <v>98.84</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>248</v>
+        <v>262</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>249</v>
+        <v>263</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E33" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F33" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G33" s="3">
-        <v>0</v>
+        <v>370</v>
       </c>
       <c r="H33" s="3">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="I33" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>80</v>
+        <v>440</v>
       </c>
       <c r="J33" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.001937046004842615</v>
+        <v>0.0070456365092073665</v>
       </c>
       <c r="K33" s="10">
-        <v>4.52</v>
+        <v>24.28</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>250</v>
+        <v>264</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>251</v>
+        <v>265</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E34" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F34" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G34" s="3">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="H34" s="3">
-        <v>330</v>
+        <v>310</v>
       </c>
       <c r="I34" s="3">
         <f>[Oil Value]+[Gas Value]</f>
         <v>1520</v>
       </c>
       <c r="J34" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.036803874092009685</v>
+        <v>0.024339471577261813</v>
       </c>
       <c r="K34" s="10">
-        <v>84.16</v>
+        <v>83.82</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>253</v>
+        <v>267</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E35" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F35" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G35" s="3">
         <v>0</v>
       </c>
       <c r="H35" s="3">
         <v>30</v>
       </c>
       <c r="I35" s="3">
         <f>[Oil Value]+[Gas Value]</f>
         <v>30</v>
       </c>
       <c r="J35" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0007263922518159807</v>
+        <v>0.0004803843074459568</v>
       </c>
       <c r="K35" s="10">
         <v>1.76</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>256</v>
+        <v>270</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>257</v>
+        <v>271</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E36" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F36" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G36" s="3">
-        <v>1140</v>
+        <v>1220</v>
       </c>
       <c r="H36" s="3">
-        <v>270</v>
+        <v>250</v>
       </c>
       <c r="I36" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1410</v>
+        <v>1470</v>
       </c>
       <c r="J36" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03414043583535109</v>
+        <v>0.02353883106485188</v>
       </c>
       <c r="K36" s="10">
-        <v>78.12</v>
+        <v>81.18</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>260</v>
+        <v>274</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>261</v>
+        <v>275</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E37" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F37" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G37" s="3">
-        <v>480</v>
+        <v>1130</v>
       </c>
       <c r="H37" s="3">
         <v>20</v>
       </c>
       <c r="I37" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>500</v>
+        <v>1150</v>
       </c>
       <c r="J37" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.012106537530266344</v>
+        <v>0.018414731785428344</v>
       </c>
       <c r="K37" s="10">
-        <v>27.88</v>
+        <v>63.56</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>264</v>
+        <v>278</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>265</v>
+        <v>279</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E38" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F38" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G38" s="3">
-        <v>1270</v>
+        <v>2230</v>
       </c>
       <c r="H38" s="3">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="I38" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1510</v>
+        <v>2460</v>
       </c>
       <c r="J38" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03656174334140436</v>
+        <v>0.039391513210568455</v>
       </c>
       <c r="K38" s="10">
-        <v>83.66</v>
+        <v>135.86</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>268</v>
+        <v>282</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>269</v>
+        <v>283</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E39" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F39" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G39" s="3">
-        <v>1910</v>
+        <v>4270</v>
       </c>
       <c r="H39" s="3">
-        <v>420</v>
+        <v>400</v>
       </c>
       <c r="I39" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2330</v>
+        <v>4670</v>
       </c>
       <c r="J39" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.056416464891041164</v>
+        <v>0.07477982385908727</v>
       </c>
       <c r="K39" s="10">
-        <v>129.1</v>
+        <v>257.72</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>272</v>
+        <v>286</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>273</v>
+        <v>287</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E40" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F40" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G40" s="3">
-        <v>610</v>
+        <v>1300</v>
       </c>
       <c r="H40" s="3">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="I40" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>830</v>
+        <v>1510</v>
       </c>
       <c r="J40" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.02009685230024213</v>
+        <v>0.024179343474779826</v>
       </c>
       <c r="K40" s="10">
-        <v>46.1</v>
+        <v>83.32</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>274</v>
+        <v>288</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>275</v>
+        <v>289</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E41" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F41" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G41" s="3">
-        <v>2110</v>
+        <v>1580</v>
       </c>
       <c r="H41" s="3">
-        <v>460</v>
+        <v>420</v>
       </c>
       <c r="I41" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2570</v>
+        <v>2000</v>
       </c>
       <c r="J41" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.06222760290556901</v>
+        <v>0.03202562049639712</v>
       </c>
       <c r="K41" s="10">
-        <v>142.4</v>
+        <v>110.38</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>282</v>
+        <v>296</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>283</v>
+        <v>297</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E42" s="2">
-        <v>87.37</v>
+        <v>87.22</v>
       </c>
       <c r="F42" s="2">
-        <v>55.389388</v>
+        <v>55.180426</v>
       </c>
       <c r="G42" s="3">
-        <v>950</v>
+        <v>540</v>
       </c>
       <c r="H42" s="3">
         <v>60</v>
       </c>
       <c r="I42" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1010</v>
+        <v>600</v>
       </c>
       <c r="J42" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.024455205811138015</v>
+        <v>0.009607686148919136</v>
       </c>
       <c r="K42" s="10">
-        <v>55.96</v>
+        <v>33.12</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="13.360334396362305" customWidth="1"/>
-    <col min="4" max="4" width="30.686689376831055" customWidth="1"/>
+    <col min="4" max="4" width="33.78350830078125" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>292</v>
+        <v>306</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>295</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>17.94</v>
+        <v>8.06</v>
       </c>
       <c r="D3" s="4">
-        <v>17.94</v>
+        <v>8.06</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>35.88</v>
+        <v>16.12</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-6.58</v>
+        <v>-2.79</v>
       </c>
       <c r="D4" s="4">
-        <v>-6.58</v>
+        <v>-2.79</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-13.16</v>
+        <v>-5.58</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>11.36</v>
+        <v>5.27</v>
       </c>
       <c r="D8" s="4">
-        <v>11.36</v>
+        <v>5.27</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>22.72</v>
+        <v>10.54</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>11.36</v>
+        <v>5.27</v>
       </c>
       <c r="D11" s="4">
-        <v>11.36</v>
+        <v>5.27</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>22.72</v>
+        <v>10.54</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>11.36</v>
+        <v>5.27</v>
       </c>
       <c r="D13" s="4">
-        <v>11.36</v>
+        <v>5.27</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>22.72</v>
+        <v>10.54</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>308</v>
+        <v>322</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>222</v>
+        <v>236</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>223</v>
+        <v>237</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E17" s="2">
-        <v>89.73</v>
+        <v>94.41</v>
       </c>
       <c r="F17" s="2">
-        <v>56.66545</v>
+        <v>61.28837</v>
       </c>
       <c r="G17" s="3">
-        <v>300</v>
+        <v>120</v>
       </c>
       <c r="H17" s="3">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>400</v>
+        <v>170</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
         <v>1</v>
       </c>
       <c r="K17" s="10">
-        <v>22.72</v>
+        <v>10.54</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="33.36098098754883" customWidth="1"/>
     <col min="4" max="4" width="27.53973960876465" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>292</v>
+        <v>306</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>295</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>2728.31</v>
+        <v>3133.4</v>
       </c>
       <c r="D3" s="4">
-        <v>2728.31</v>
+        <v>3133.4</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>5456.62</v>
+        <v>6266.8</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-1200.08</v>
+        <v>-1381.91</v>
       </c>
       <c r="D4" s="4">
-        <v>-1200.08</v>
+        <v>-1381.91</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-2400.16</v>
+        <v>-2763.82</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>1528.23</v>
+        <v>1751.49</v>
       </c>
       <c r="D8" s="4">
-        <v>1528.23</v>
+        <v>1751.49</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>3056.46</v>
+        <v>3502.98</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>1528.23</v>
+        <v>1751.49</v>
       </c>
       <c r="D11" s="4">
-        <v>1528.23</v>
+        <v>1751.49</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>3056.46</v>
+        <v>3502.98</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>1528.23</v>
+        <v>1751.49</v>
       </c>
       <c r="D13" s="4">
-        <v>1528.23</v>
+        <v>1751.49</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>3056.46</v>
+        <v>3502.98</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>308</v>
+        <v>322</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>182</v>
+        <v>196</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>183</v>
+        <v>197</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F17" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G17" s="3">
-        <v>710</v>
+        <v>1310</v>
       </c>
       <c r="H17" s="3">
-        <v>190</v>
+        <v>170</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>900</v>
+        <v>1480</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.014206787687450671</v>
+        <v>0.02027952863798301</v>
       </c>
       <c r="K17" s="10">
-        <v>43.54</v>
+        <v>71.02</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>186</v>
+        <v>200</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>187</v>
+        <v>201</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E18" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F18" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G18" s="3">
-        <v>900</v>
+        <v>300</v>
       </c>
       <c r="H18" s="3">
-        <v>290</v>
+        <v>270</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1190</v>
+        <v>570</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.01878453038674033</v>
+        <v>0.00781035900246643</v>
       </c>
       <c r="K18" s="10">
-        <v>57.54</v>
+        <v>27.4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>188</v>
+        <v>202</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>189</v>
+        <v>203</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E19" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F19" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G19" s="3">
-        <v>580</v>
+        <v>0</v>
       </c>
       <c r="H19" s="3">
-        <v>1720</v>
+        <v>1610</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2300</v>
+        <v>1610</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03630623520126283</v>
+        <v>0.022060838585913952</v>
       </c>
       <c r="K19" s="10">
-        <v>111.04</v>
+        <v>77.26</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>190</v>
+        <v>204</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>191</v>
+        <v>205</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E20" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F20" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G20" s="3">
-        <v>1160</v>
+        <v>1410</v>
       </c>
       <c r="H20" s="3">
-        <v>440</v>
+        <v>410</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1600</v>
+        <v>1820</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.02525651144435675</v>
+        <v>0.02493833927103316</v>
       </c>
       <c r="K20" s="10">
-        <v>77.16</v>
+        <v>87.4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>193</v>
+        <v>207</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E21" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F21" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G21" s="3">
-        <v>6560</v>
+        <v>4920</v>
       </c>
       <c r="H21" s="3">
-        <v>500</v>
+        <v>470</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>7060</v>
+        <v>5390</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.11144435674822416</v>
+        <v>0.07385585091805974</v>
       </c>
       <c r="K21" s="10">
-        <v>340.52</v>
+        <v>258.72</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>194</v>
+        <v>208</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>195</v>
+        <v>209</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E22" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F22" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G22" s="3">
-        <v>1240</v>
+        <v>1590</v>
       </c>
       <c r="H22" s="3">
-        <v>230</v>
+        <v>220</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1470</v>
+        <v>1810</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.023204419889502764</v>
+        <v>0.024801315428884627</v>
       </c>
       <c r="K22" s="10">
-        <v>70.98</v>
+        <v>86.8</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>196</v>
+        <v>210</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>197</v>
+        <v>211</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E23" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F23" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G23" s="3">
         <v>0</v>
       </c>
       <c r="H23" s="3">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.002052091554853986</v>
+        <v>0.0016442861057824063</v>
       </c>
       <c r="K23" s="10">
-        <v>6.38</v>
+        <v>5.72</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>200</v>
+        <v>214</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>201</v>
+        <v>215</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E24" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F24" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G24" s="3">
-        <v>490</v>
+        <v>1180</v>
       </c>
       <c r="H24" s="3">
         <v>100</v>
       </c>
       <c r="I24" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>590</v>
+        <v>1280</v>
       </c>
       <c r="J24" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.00931333859510655</v>
+        <v>0.017539051795012334</v>
       </c>
       <c r="K24" s="10">
-        <v>28.56</v>
+        <v>61.4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>202</v>
+        <v>216</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>203</v>
+        <v>217</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E25" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F25" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G25" s="3">
-        <v>5290</v>
+        <v>6150</v>
       </c>
       <c r="H25" s="3">
-        <v>270</v>
+        <v>250</v>
       </c>
       <c r="I25" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5560</v>
+        <v>6400</v>
       </c>
       <c r="J25" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0877663772691397</v>
+        <v>0.08769525897506167</v>
       </c>
       <c r="K25" s="10">
-        <v>268.06</v>
+        <v>307.1</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>204</v>
+        <v>218</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>205</v>
+        <v>219</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E26" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F26" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G26" s="3">
-        <v>5350</v>
+        <v>6090</v>
       </c>
       <c r="H26" s="3">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="I26" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5550</v>
+        <v>6280</v>
       </c>
       <c r="J26" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.08760852407261248</v>
+        <v>0.08605097286927925</v>
       </c>
       <c r="K26" s="10">
-        <v>267.66</v>
+        <v>301.32</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>209</v>
+        <v>223</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E27" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F27" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G27" s="3">
-        <v>1230</v>
+        <v>1180</v>
       </c>
       <c r="H27" s="3">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="I27" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1300</v>
+        <v>1240</v>
       </c>
       <c r="J27" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.020520915548539857</v>
+        <v>0.016990956426418197</v>
       </c>
       <c r="K27" s="10">
-        <v>62.82</v>
+        <v>59.46</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>210</v>
+        <v>224</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>211</v>
+        <v>225</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E28" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F28" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G28" s="3">
-        <v>1440</v>
+        <v>1530</v>
       </c>
       <c r="H28" s="3">
         <v>90</v>
       </c>
       <c r="I28" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1530</v>
+        <v>1620</v>
       </c>
       <c r="J28" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.024151539068666142</v>
+        <v>0.022197862428062484</v>
       </c>
       <c r="K28" s="10">
-        <v>73.82</v>
+        <v>77.82</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>216</v>
+        <v>230</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>217</v>
+        <v>231</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E29" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F29" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G29" s="3">
-        <v>380</v>
+        <v>1770</v>
       </c>
       <c r="H29" s="3">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="I29" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>500</v>
+        <v>1880</v>
       </c>
       <c r="J29" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.007892659826361484</v>
+        <v>0.025760482323924364</v>
       </c>
       <c r="K29" s="10">
-        <v>24.26</v>
+        <v>90.26</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>218</v>
+        <v>232</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>219</v>
+        <v>233</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E30" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F30" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G30" s="3">
-        <v>1320</v>
+        <v>1410</v>
       </c>
       <c r="H30" s="3">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="I30" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1540</v>
+        <v>1620</v>
       </c>
       <c r="J30" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.02430939226519337</v>
+        <v>0.022197862428062484</v>
       </c>
       <c r="K30" s="10">
-        <v>74.3</v>
+        <v>77.82</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>240</v>
+        <v>254</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>241</v>
+        <v>255</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E31" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F31" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G31" s="3">
-        <v>610</v>
+        <v>1950</v>
       </c>
       <c r="H31" s="3">
-        <v>280</v>
+        <v>260</v>
       </c>
       <c r="I31" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>890</v>
+        <v>2210</v>
       </c>
       <c r="J31" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.014048934490923442</v>
+        <v>0.03028226911482598</v>
       </c>
       <c r="K31" s="10">
-        <v>42.94</v>
+        <v>106.04</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>254</v>
+        <v>268</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>255</v>
+        <v>269</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E32" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F32" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G32" s="3">
-        <v>620</v>
+        <v>740</v>
       </c>
       <c r="H32" s="3">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="I32" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>720</v>
+        <v>830</v>
       </c>
       <c r="J32" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.011365430149960536</v>
+        <v>0.011372978898328308</v>
       </c>
       <c r="K32" s="10">
-        <v>34.66</v>
+        <v>39.94</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>258</v>
+        <v>272</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>259</v>
+        <v>273</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E33" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F33" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G33" s="3">
-        <v>6060</v>
+        <v>5450</v>
       </c>
       <c r="H33" s="3">
-        <v>250</v>
+        <v>210</v>
       </c>
       <c r="I33" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>6310</v>
+        <v>5660</v>
       </c>
       <c r="J33" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.09960536700868193</v>
+        <v>0.07755549465607017</v>
       </c>
       <c r="K33" s="10">
-        <v>304.3</v>
+        <v>271.64</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>262</v>
+        <v>276</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>263</v>
+        <v>277</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E34" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F34" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G34" s="3">
-        <v>730</v>
+        <v>1760</v>
       </c>
       <c r="H34" s="3">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="I34" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>850</v>
+        <v>1860</v>
       </c>
       <c r="J34" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.013417521704814524</v>
+        <v>0.025486434639627294</v>
       </c>
       <c r="K34" s="10">
-        <v>41.02</v>
+        <v>89.34</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>266</v>
+        <v>280</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>267</v>
+        <v>281</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E35" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F35" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G35" s="3">
-        <v>620</v>
+        <v>4320</v>
       </c>
       <c r="H35" s="3">
-        <v>240</v>
+        <v>210</v>
       </c>
       <c r="I35" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>860</v>
+        <v>4530</v>
       </c>
       <c r="J35" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.013575374901341754</v>
+        <v>0.06207180049328584</v>
       </c>
       <c r="K35" s="10">
-        <v>41.56</v>
+        <v>217.42</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>270</v>
+        <v>284</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>271</v>
+        <v>285</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E36" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F36" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G36" s="3">
         <v>0</v>
       </c>
       <c r="H36" s="3">
         <v>30</v>
       </c>
       <c r="I36" s="3">
         <f>[Oil Value]+[Gas Value]</f>
         <v>30</v>
       </c>
       <c r="J36" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.00047355958958168905</v>
+        <v>0.00041107152644560157</v>
       </c>
       <c r="K36" s="10">
-        <v>1.58</v>
+        <v>1.56</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>276</v>
+        <v>290</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>277</v>
+        <v>291</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E37" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F37" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G37" s="3">
         <v>0</v>
       </c>
       <c r="H37" s="3">
-        <v>200</v>
+        <v>170</v>
       </c>
       <c r="I37" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>200</v>
+        <v>170</v>
       </c>
       <c r="J37" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.003157063930544594</v>
+        <v>0.0023294053165250754</v>
       </c>
       <c r="K37" s="10">
-        <v>9.62</v>
+        <v>8.26</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>278</v>
+        <v>292</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>279</v>
+        <v>293</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E38" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F38" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G38" s="3">
-        <v>2250</v>
+        <v>4580</v>
       </c>
       <c r="H38" s="3">
-        <v>2160</v>
+        <v>2030</v>
       </c>
       <c r="I38" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>4410</v>
+        <v>6610</v>
       </c>
       <c r="J38" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0696132596685083</v>
+        <v>0.09057275966018088</v>
       </c>
       <c r="K38" s="10">
-        <v>212.66</v>
+        <v>317.14</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>280</v>
+        <v>294</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>281</v>
+        <v>295</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E39" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F39" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G39" s="3">
-        <v>5500</v>
+        <v>5100</v>
       </c>
       <c r="H39" s="3">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="I39" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5740</v>
+        <v>5300</v>
       </c>
       <c r="J39" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.09060773480662984</v>
+        <v>0.07262263633872294</v>
       </c>
       <c r="K39" s="10">
-        <v>276.82</v>
+        <v>254.5</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>284</v>
+        <v>298</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>285</v>
+        <v>299</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E40" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F40" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G40" s="3">
-        <v>4460</v>
+        <v>5380</v>
       </c>
       <c r="H40" s="3">
-        <v>3640</v>
+        <v>3130</v>
       </c>
       <c r="I40" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>8100</v>
+        <v>8510</v>
       </c>
       <c r="J40" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.12786108918705602</v>
+        <v>0.11660728966840231</v>
       </c>
       <c r="K40" s="10">
-        <v>390.72</v>
+        <v>408.36</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>286</v>
+        <v>300</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>287</v>
+        <v>301</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E41" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F41" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G41" s="3">
-        <v>1850</v>
+        <v>1930</v>
       </c>
       <c r="H41" s="3">
-        <v>400</v>
+        <v>370</v>
       </c>
       <c r="I41" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2250</v>
+        <v>2300</v>
       </c>
       <c r="J41" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03551696921862668</v>
+        <v>0.03151548369416279</v>
       </c>
       <c r="K41" s="10">
-        <v>108.58</v>
+        <v>110.48</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>288</v>
+        <v>302</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>289</v>
+        <v>303</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E42" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F42" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G42" s="3">
-        <v>1510</v>
+        <v>1600</v>
       </c>
       <c r="H42" s="3">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="I42" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1770</v>
+        <v>1850</v>
       </c>
       <c r="J42" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.027940015785319655</v>
+        <v>0.025349410797478763</v>
       </c>
       <c r="K42" s="10">
-        <v>85.36</v>
+        <v>88.8</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K24"/>
+  <dimension ref="A1:K25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="44.29140853881836" customWidth="1"/>
     <col min="4" max="4" width="30.439105987548828" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>292</v>
+        <v>306</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>295</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>138.87</v>
+        <v>116.69</v>
       </c>
       <c r="D3" s="4">
-        <v>138.87</v>
+        <v>116.69</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>277.74</v>
+        <v>233.38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-58.22</v>
+        <v>-48.89</v>
       </c>
       <c r="D4" s="4">
-        <v>-58.22</v>
+        <v>-48.89</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-116.44</v>
+        <v>-97.78</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>80.65</v>
+        <v>67.8</v>
       </c>
       <c r="D8" s="4">
-        <v>80.65</v>
+        <v>67.8</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>161.3</v>
+        <v>135.6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>80.65</v>
+        <v>67.8</v>
       </c>
       <c r="D11" s="4">
-        <v>80.65</v>
+        <v>67.8</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>161.3</v>
+        <v>135.6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>80.65</v>
+        <v>67.8</v>
       </c>
       <c r="D13" s="4">
-        <v>80.65</v>
+        <v>67.8</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>161.3</v>
+        <v>135.6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>308</v>
+        <v>322</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="F17" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="G17" s="3">
-        <v>400</v>
+        <v>190</v>
       </c>
       <c r="H17" s="3">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>650</v>
+        <v>430</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.18950437317784258</v>
+        <v>0.14930555555555558</v>
       </c>
       <c r="K17" s="10">
-        <v>30.58</v>
+        <v>20.26</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="F18" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="G18" s="3">
         <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>230</v>
+        <v>170</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>230</v>
+        <v>170</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.06705539358600583</v>
+        <v>0.05902777777777778</v>
       </c>
       <c r="K18" s="10">
-        <v>10.9</v>
+        <v>8.08</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="F19" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="G19" s="3">
-        <v>630</v>
+        <v>180</v>
       </c>
       <c r="H19" s="3">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>880</v>
+        <v>420</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.2565597667638484</v>
+        <v>0.14583333333333334</v>
       </c>
       <c r="K19" s="10">
-        <v>41.22</v>
+        <v>19.74</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="F20" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="G20" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="H20" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>160</v>
+        <v>110</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.04664723032069971</v>
+        <v>0.03819444444444445</v>
       </c>
       <c r="K20" s="10">
-        <v>7.54</v>
+        <v>5.24</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="F21" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="G21" s="3">
-        <v>440</v>
+        <v>0</v>
       </c>
       <c r="H21" s="3">
-        <v>270</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>710</v>
+        <v>10</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.20699708454810495</v>
+        <v>0.003472222222222222</v>
       </c>
       <c r="K21" s="10">
-        <v>33.38</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>174</v>
+        <v>184</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="F22" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="G22" s="3">
-        <v>0</v>
+        <v>480</v>
       </c>
       <c r="H22" s="3">
-        <v>120</v>
+        <v>440</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>120</v>
+        <v>920</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03498542274052478</v>
+        <v>0.3194444444444445</v>
       </c>
       <c r="K22" s="10">
-        <v>5.62</v>
+        <v>43.08</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="F23" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="G23" s="3">
         <v>0</v>
       </c>
       <c r="H23" s="3">
-        <v>60</v>
+        <v>190</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>60</v>
+        <v>190</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.01749271137026239</v>
+        <v>0.06597222222222222</v>
       </c>
       <c r="K23" s="10">
-        <v>2.92</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E24" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="F24" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="G24" s="3">
         <v>0</v>
       </c>
       <c r="H24" s="3">
-        <v>620</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>620</v>
+        <v>50</v>
       </c>
       <c r="J24" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.1807580174927114</v>
+        <v>0.017361111111111112</v>
       </c>
       <c r="K24" s="10">
-        <v>29.14</v>
+        <v>2.48</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="E25" s="2">
+        <v>80.8</v>
+      </c>
+      <c r="F25" s="2">
+        <v>46.803422</v>
+      </c>
+      <c r="G25" s="3">
+        <v>0</v>
+      </c>
+      <c r="H25" s="3">
+        <v>580</v>
+      </c>
+      <c r="I25" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>580</v>
+      </c>
+      <c r="J25" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.2013888888888889</v>
+      </c>
+      <c r="K25" s="10">
+        <v>27.18</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="15.122796058654785" customWidth="1"/>
-    <col min="4" max="4" width="31.096939086914062" customWidth="1"/>
+    <col min="4" max="4" width="34.19375991821289" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>292</v>
+        <v>306</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>295</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>26.9</v>
+        <v>13.82</v>
       </c>
       <c r="D3" s="4">
-        <v>26.9</v>
+        <v>13.82</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>53.8</v>
+        <v>27.64</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-9.89</v>
+        <v>-4.93</v>
       </c>
       <c r="D4" s="4">
-        <v>-9.89</v>
+        <v>-4.93</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-19.78</v>
+        <v>-9.86</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>17.01</v>
+        <v>8.89</v>
       </c>
       <c r="D8" s="4">
-        <v>17.01</v>
+        <v>8.89</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>34.02</v>
+        <v>17.78</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>17.01</v>
+        <v>8.89</v>
       </c>
       <c r="D11" s="4">
-        <v>17.01</v>
+        <v>8.89</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>34.02</v>
+        <v>17.78</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>17.01</v>
+        <v>8.89</v>
       </c>
       <c r="D13" s="4">
-        <v>17.01</v>
+        <v>8.89</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>34.02</v>
+        <v>17.78</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>308</v>
+        <v>322</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>180</v>
+        <v>194</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F17" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G17" s="3">
-        <v>460</v>
+        <v>220</v>
       </c>
       <c r="H17" s="3">
-        <v>160</v>
+        <v>90</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>620</v>
+        <v>310</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
         <v>1</v>
       </c>
       <c r="K17" s="10">
-        <v>34.02</v>
+        <v>17.78</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K18"/>
+  <dimension ref="A1:K20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="27.758676528930664" customWidth="1"/>
     <col min="4" max="4" width="32.00849151611328" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>292</v>
+        <v>306</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>295</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>6.19</v>
+        <v>15.21</v>
       </c>
       <c r="D3" s="4">
-        <v>6.19</v>
+        <v>15.21</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>12.38</v>
+        <v>30.42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-2.82</v>
+        <v>-6.98</v>
       </c>
       <c r="D4" s="4">
-        <v>-2.82</v>
+        <v>-6.98</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-5.64</v>
+        <v>-13.96</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>3.37</v>
+        <v>8.23</v>
       </c>
       <c r="D8" s="4">
-        <v>3.37</v>
+        <v>8.23</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>6.74</v>
+        <v>16.46</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>3.37</v>
+        <v>8.23</v>
       </c>
       <c r="D11" s="4">
-        <v>3.37</v>
+        <v>8.23</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>6.74</v>
+        <v>16.46</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>3.37</v>
+        <v>8.23</v>
       </c>
       <c r="D13" s="4">
-        <v>3.37</v>
+        <v>8.23</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>6.74</v>
+        <v>16.46</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>308</v>
+        <v>322</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E17" s="2">
-        <v>82.15</v>
+        <v>81.9</v>
       </c>
       <c r="F17" s="2">
-        <v>44.548776</v>
+        <v>44.318332</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.2</v>
+        <v>0.027027027027027025</v>
       </c>
       <c r="K17" s="10">
-        <v>1.44</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E18" s="2">
-        <v>82.15</v>
+        <v>81.9</v>
       </c>
       <c r="F18" s="2">
-        <v>44.548776</v>
+        <v>44.318332</v>
       </c>
       <c r="G18" s="3">
         <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.8</v>
+        <v>0.3513513513513513</v>
       </c>
       <c r="K18" s="10">
-        <v>5.3</v>
+        <v>5.82</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="E19" s="2">
+        <v>81.9</v>
+      </c>
+      <c r="F19" s="2">
+        <v>44.318332</v>
+      </c>
+      <c r="G19" s="3">
+        <v>0</v>
+      </c>
+      <c r="H19" s="3">
+        <v>160</v>
+      </c>
+      <c r="I19" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>160</v>
+      </c>
+      <c r="J19" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.43243243243243246</v>
+      </c>
+      <c r="K19" s="10">
+        <v>7.12</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="E20" s="2">
+        <v>81.9</v>
+      </c>
+      <c r="F20" s="2">
+        <v>44.318332</v>
+      </c>
+      <c r="G20" s="3">
+        <v>60</v>
+      </c>
+      <c r="H20" s="3">
+        <v>10</v>
+      </c>
+      <c r="I20" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>70</v>
+      </c>
+      <c r="J20" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.1891891891891892</v>
+      </c>
+      <c r="K20" s="10">
+        <v>3.1</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="44.29140853881836" customWidth="1"/>
     <col min="4" max="4" width="31.450918197631836" customWidth="1"/>
     <col min="5" max="5" width="11.8009033203125" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>292</v>
+        <v>306</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>295</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>58.48</v>
+        <v>41.78</v>
       </c>
       <c r="D3" s="4">
-        <v>58.48</v>
+        <v>41.78</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>116.96</v>
+        <v>83.56</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-24.3</v>
+        <v>-17.31</v>
       </c>
       <c r="D4" s="4">
-        <v>-24.3</v>
+        <v>-17.31</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-48.6</v>
+        <v>-34.62</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>34.18</v>
+        <v>24.47</v>
       </c>
       <c r="D8" s="4">
-        <v>34.18</v>
+        <v>24.47</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>68.36</v>
+        <v>48.94</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>34.18</v>
+        <v>24.47</v>
       </c>
       <c r="D11" s="4">
-        <v>34.18</v>
+        <v>24.47</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>68.36</v>
+        <v>48.94</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>34.18</v>
+        <v>24.47</v>
       </c>
       <c r="D13" s="4">
-        <v>34.18</v>
+        <v>24.47</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>68.36</v>
+        <v>48.94</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>308</v>
+        <v>322</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E17" s="2">
-        <v>111.1</v>
+        <v>110.95</v>
       </c>
       <c r="F17" s="2">
-        <v>64.737987</v>
+        <v>64.745265</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.10476190476190478</v>
+        <v>0.10666666666666667</v>
       </c>
       <c r="K17" s="10">
-        <v>7.14</v>
+        <v>5.22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E18" s="2">
-        <v>111.1</v>
+        <v>110.95</v>
       </c>
       <c r="F18" s="2">
-        <v>64.737987</v>
+        <v>64.745265</v>
       </c>
       <c r="G18" s="3">
         <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.05714285714285715</v>
+        <v>0.05333333333333334</v>
       </c>
       <c r="K18" s="10">
-        <v>4.06</v>
+        <v>2.68</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E19" s="2">
-        <v>111.1</v>
+        <v>110.95</v>
       </c>
       <c r="F19" s="2">
-        <v>64.737987</v>
+        <v>64.745265</v>
       </c>
       <c r="G19" s="3">
         <v>0</v>
       </c>
       <c r="H19" s="3">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.10476190476190478</v>
+        <v>0.10666666666666667</v>
       </c>
       <c r="K19" s="10">
-        <v>7.14</v>
+        <v>5.22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E20" s="2">
-        <v>111.1</v>
+        <v>110.95</v>
       </c>
       <c r="F20" s="2">
-        <v>64.737987</v>
+        <v>64.745265</v>
       </c>
       <c r="G20" s="3">
         <v>0</v>
       </c>
       <c r="H20" s="3">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.028571428571428574</v>
+        <v>0.02666666666666667</v>
       </c>
       <c r="K20" s="10">
-        <v>2</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E21" s="2">
-        <v>111.1</v>
+        <v>110.95</v>
       </c>
       <c r="F21" s="2">
-        <v>64.737987</v>
+        <v>64.745265</v>
       </c>
       <c r="G21" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="H21" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>160</v>
+        <v>110</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.1523809523809524</v>
+        <v>0.14666666666666667</v>
       </c>
       <c r="K21" s="10">
-        <v>10.36</v>
+        <v>7.14</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E22" s="2">
-        <v>111.1</v>
+        <v>110.95</v>
       </c>
       <c r="F22" s="2">
-        <v>64.737987</v>
+        <v>64.745265</v>
       </c>
       <c r="G22" s="3">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="H22" s="3">
-        <v>120</v>
+        <v>90</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>160</v>
+        <v>110</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.1523809523809524</v>
+        <v>0.14666666666666667</v>
       </c>
       <c r="K22" s="10">
-        <v>10.36</v>
+        <v>7.14</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E23" s="2">
-        <v>111.1</v>
+        <v>110.95</v>
       </c>
       <c r="F23" s="2">
-        <v>64.737987</v>
+        <v>64.745265</v>
       </c>
       <c r="G23" s="3">
-        <v>190</v>
+        <v>140</v>
       </c>
       <c r="H23" s="3">
-        <v>230</v>
+        <v>170</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>420</v>
+        <v>310</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.4</v>
+        <v>0.4133333333333334</v>
       </c>
       <c r="K23" s="10">
-        <v>27.3</v>
+        <v>20.14</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K38"/>
+  <dimension ref="A1:K39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="42.77522659301758" customWidth="1"/>
     <col min="4" max="4" width="33.46022033691406" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>292</v>
+        <v>306</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>295</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>524.28</v>
+        <v>262.52</v>
       </c>
       <c r="D3" s="4">
-        <v>524.28</v>
+        <v>262.52</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1048.56</v>
+        <v>525.04</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-196.23</v>
+        <v>-97.23</v>
       </c>
       <c r="D4" s="4">
-        <v>-196.23</v>
+        <v>-97.23</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-392.46</v>
+        <v>-194.46</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>328.05</v>
+        <v>165.29</v>
       </c>
       <c r="D8" s="4">
-        <v>328.05</v>
+        <v>165.29</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>656.1</v>
+        <v>330.58</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>328.05</v>
+        <v>165.29</v>
       </c>
       <c r="D11" s="4">
-        <v>328.05</v>
+        <v>165.29</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>656.1</v>
+        <v>330.58</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>328.05</v>
+        <v>165.29</v>
       </c>
       <c r="D13" s="4">
-        <v>328.05</v>
+        <v>165.29</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>656.1</v>
+        <v>330.58</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>308</v>
+        <v>322</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E17" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F17" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G17" s="3">
-        <v>80</v>
+        <v>130</v>
       </c>
       <c r="H17" s="3">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.011844331641285956</v>
+        <v>0.03378378378378378</v>
       </c>
       <c r="K17" s="10">
-        <v>7.8</v>
+        <v>11.08</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E18" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F18" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G18" s="3">
-        <v>80</v>
+        <v>130</v>
       </c>
       <c r="H18" s="3">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>140</v>
+        <v>200</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.011844331641285956</v>
+        <v>0.03378378378378378</v>
       </c>
       <c r="K18" s="10">
-        <v>7.8</v>
+        <v>11.08</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E19" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F19" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G19" s="3">
-        <v>0</v>
+        <v>220</v>
       </c>
       <c r="H19" s="3">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>80</v>
+        <v>310</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.00676818950930626</v>
+        <v>0.052364864864864864</v>
       </c>
       <c r="K19" s="10">
-        <v>4.52</v>
+        <v>17.3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E20" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F20" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G20" s="3">
         <v>0</v>
       </c>
       <c r="H20" s="3">
-        <v>3130</v>
+        <v>290</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>3130</v>
+        <v>290</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.26480541455160744</v>
+        <v>0.048986486486486486</v>
       </c>
       <c r="K20" s="10">
-        <v>173.36</v>
+        <v>16.28</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E21" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F21" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G21" s="3">
-        <v>240</v>
+        <v>180</v>
       </c>
       <c r="H21" s="3">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>440</v>
+        <v>190</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03722504230118444</v>
+        <v>0.03209459459459459</v>
       </c>
       <c r="K21" s="10">
-        <v>24.34</v>
+        <v>10.64</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E22" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F22" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G22" s="3">
         <v>0</v>
       </c>
       <c r="H22" s="3">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.005076142131979696</v>
+        <v>0.006756756756756757</v>
       </c>
       <c r="K22" s="10">
-        <v>3.46</v>
+        <v>2.22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E23" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F23" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G23" s="3">
         <v>0</v>
       </c>
       <c r="H23" s="3">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.002538071065989848</v>
+        <v>0.011824324324324325</v>
       </c>
       <c r="K23" s="10">
-        <v>1.72</v>
+        <v>3.94</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E24" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F24" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G24" s="3">
         <v>0</v>
       </c>
       <c r="H24" s="3">
-        <v>180</v>
+        <v>30</v>
       </c>
       <c r="I24" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>180</v>
+        <v>30</v>
       </c>
       <c r="J24" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.015228426395939087</v>
+        <v>0.005067567567567568</v>
       </c>
       <c r="K24" s="10">
-        <v>10.06</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E25" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F25" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G25" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="H25" s="3">
-        <v>180</v>
+        <v>90</v>
       </c>
       <c r="I25" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>180</v>
+        <v>190</v>
       </c>
       <c r="J25" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.015228426395939087</v>
+        <v>0.03209459459459459</v>
       </c>
       <c r="K25" s="10">
-        <v>10.06</v>
+        <v>10.64</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E26" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F26" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G26" s="3">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="H26" s="3">
-        <v>330</v>
+        <v>90</v>
       </c>
       <c r="I26" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>330</v>
+        <v>190</v>
       </c>
       <c r="J26" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.027918781725888325</v>
+        <v>0.03209459459459459</v>
       </c>
       <c r="K26" s="10">
-        <v>18.28</v>
+        <v>10.64</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E27" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F27" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G27" s="3">
-        <v>290</v>
+        <v>0</v>
       </c>
       <c r="H27" s="3">
-        <v>80</v>
+        <v>230</v>
       </c>
       <c r="I27" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>370</v>
+        <v>230</v>
       </c>
       <c r="J27" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03130287648054146</v>
+        <v>0.03885135135135135</v>
       </c>
       <c r="K27" s="10">
-        <v>20.54</v>
+        <v>12.88</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E28" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F28" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G28" s="3">
-        <v>290</v>
+        <v>110</v>
       </c>
       <c r="H28" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I28" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>370</v>
+        <v>130</v>
       </c>
       <c r="J28" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03130287648054146</v>
+        <v>0.021959459459459457</v>
       </c>
       <c r="K28" s="10">
-        <v>20.54</v>
+        <v>7.28</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E29" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F29" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G29" s="3">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="H29" s="3">
-        <v>140</v>
+        <v>20</v>
       </c>
       <c r="I29" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>140</v>
+        <v>130</v>
       </c>
       <c r="J29" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.011844331641285956</v>
+        <v>0.021959459459459457</v>
       </c>
       <c r="K29" s="10">
-        <v>7.8</v>
+        <v>7.28</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E30" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F30" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G30" s="3">
         <v>0</v>
       </c>
       <c r="H30" s="3">
-        <v>1570</v>
+        <v>150</v>
       </c>
       <c r="I30" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1570</v>
+        <v>150</v>
       </c>
       <c r="J30" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.13282571912013538</v>
+        <v>0.02533783783783784</v>
       </c>
       <c r="K30" s="10">
-        <v>87.06</v>
+        <v>8.44</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E31" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F31" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G31" s="3">
         <v>0</v>
       </c>
       <c r="H31" s="3">
-        <v>470</v>
+        <v>170</v>
       </c>
       <c r="I31" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>470</v>
+        <v>170</v>
       </c>
       <c r="J31" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03976311336717428</v>
+        <v>0.028716216216216218</v>
       </c>
       <c r="K31" s="10">
-        <v>26.02</v>
+        <v>9.54</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E32" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F32" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G32" s="3">
-        <v>370</v>
+        <v>0</v>
       </c>
       <c r="H32" s="3">
-        <v>510</v>
+        <v>540</v>
       </c>
       <c r="I32" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>880</v>
+        <v>540</v>
       </c>
       <c r="J32" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.07445008460236888</v>
+        <v>0.09121621621621623</v>
       </c>
       <c r="K32" s="10">
-        <v>48.78</v>
+        <v>30.1</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E33" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F33" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G33" s="3">
-        <v>230</v>
+        <v>470</v>
       </c>
       <c r="H33" s="3">
-        <v>140</v>
+        <v>400</v>
       </c>
       <c r="I33" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>370</v>
+        <v>870</v>
       </c>
       <c r="J33" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03130287648054146</v>
+        <v>0.14695945945945948</v>
       </c>
       <c r="K33" s="10">
-        <v>20.54</v>
+        <v>48.4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E34" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F34" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G34" s="3">
-        <v>460</v>
+        <v>200</v>
       </c>
       <c r="H34" s="3">
-        <v>110</v>
+        <v>150</v>
       </c>
       <c r="I34" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>570</v>
+        <v>350</v>
       </c>
       <c r="J34" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.048223350253807105</v>
+        <v>0.05912162162162162</v>
       </c>
       <c r="K34" s="10">
-        <v>31.68</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E35" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F35" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G35" s="3">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="H35" s="3">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="I35" s="3">
         <f>[Oil Value]+[Gas Value]</f>
         <v>570</v>
       </c>
       <c r="J35" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.048223350253807105</v>
+        <v>0.09628378378378379</v>
       </c>
       <c r="K35" s="10">
-        <v>31.68</v>
+        <v>31.74</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E36" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F36" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G36" s="3">
-        <v>150</v>
+        <v>450</v>
       </c>
       <c r="H36" s="3">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="I36" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>170</v>
+        <v>570</v>
       </c>
       <c r="J36" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.014382402707275805</v>
+        <v>0.09628378378378379</v>
       </c>
       <c r="K36" s="10">
-        <v>9.54</v>
+        <v>31.74</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E37" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F37" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G37" s="3">
-        <v>0</v>
+        <v>240</v>
       </c>
       <c r="H37" s="3">
-        <v>1570</v>
+        <v>60</v>
       </c>
       <c r="I37" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1570</v>
+        <v>300</v>
       </c>
       <c r="J37" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.13282571912013538</v>
+        <v>0.05067567567567568</v>
       </c>
       <c r="K37" s="10">
-        <v>87.06</v>
+        <v>16.84</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>145</v>
+        <v>135</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E38" s="2">
-        <v>88.57</v>
+        <v>88.42</v>
       </c>
       <c r="F38" s="2">
-        <v>55.370505</v>
+        <v>55.563296</v>
       </c>
       <c r="G38" s="3">
         <v>0</v>
       </c>
       <c r="H38" s="3">
-        <v>60</v>
+        <v>170</v>
       </c>
       <c r="I38" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>60</v>
+        <v>170</v>
       </c>
       <c r="J38" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.005076142131979696</v>
+        <v>0.028716216216216218</v>
       </c>
       <c r="K38" s="10">
-        <v>3.46</v>
+        <v>9.54</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="D39" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="E39" s="2">
+        <v>88.42</v>
+      </c>
+      <c r="F39" s="2">
+        <v>55.563296</v>
+      </c>
+      <c r="G39" s="3">
+        <v>0</v>
+      </c>
+      <c r="H39" s="3">
+        <v>30</v>
+      </c>
+      <c r="I39" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>30</v>
+      </c>
+      <c r="J39" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.005067567567567568</v>
+      </c>
+      <c r="K39" s="10">
+        <v>1.74</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="30.009418487548828" customWidth="1"/>
-    <col min="4" max="4" width="32.70621871948242" customWidth="1"/>
+    <col min="4" max="4" width="34.03416061401367" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>292</v>
+        <v>306</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>295</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>117.78</v>
+        <v>89.7</v>
       </c>
       <c r="D3" s="4">
-        <v>117.78</v>
+        <v>89.7</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>235.56</v>
+        <v>179.4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-41.57</v>
+        <v>-31.77</v>
       </c>
       <c r="D4" s="4">
-        <v>-41.57</v>
+        <v>-31.77</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-83.14</v>
+        <v>-63.54</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>76.21</v>
+        <v>57.93</v>
       </c>
       <c r="D8" s="4">
-        <v>76.21</v>
+        <v>57.93</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>152.42</v>
+        <v>115.86</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>76.21</v>
+        <v>57.93</v>
       </c>
       <c r="D11" s="4">
-        <v>76.21</v>
+        <v>57.93</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>152.42</v>
+        <v>115.86</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>76.21</v>
+        <v>57.93</v>
       </c>
       <c r="D13" s="4">
-        <v>76.21</v>
+        <v>57.93</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>152.42</v>
+        <v>115.86</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>308</v>
+        <v>322</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E17" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F17" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G17" s="3">
+        <v>130</v>
+      </c>
+      <c r="H17" s="3">
         <v>370</v>
       </c>
-      <c r="H17" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>760</v>
+        <v>500</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.296875</v>
+        <v>0.2564102564102564</v>
       </c>
       <c r="K17" s="10">
-        <v>45.2</v>
+        <v>29.76</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E18" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F18" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G18" s="3">
         <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03125</v>
+        <v>0.035897435897435895</v>
       </c>
       <c r="K18" s="10">
-        <v>4.8</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E19" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F19" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G19" s="3">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="H19" s="3">
-        <v>310</v>
+        <v>290</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>430</v>
+        <v>290</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.16796875</v>
+        <v>0.14871794871794872</v>
       </c>
       <c r="K19" s="10">
-        <v>25.62</v>
+        <v>17.24</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E20" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F20" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G20" s="3">
-        <v>440</v>
+        <v>370</v>
       </c>
       <c r="H20" s="3">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>530</v>
+        <v>450</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.20703125</v>
+        <v>0.23076923076923078</v>
       </c>
       <c r="K20" s="10">
-        <v>31.52</v>
+        <v>26.68</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E21" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F21" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G21" s="3">
-        <v>420</v>
+        <v>340</v>
       </c>
       <c r="H21" s="3">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>590</v>
+        <v>490</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.23046875</v>
+        <v>0.2512820512820513</v>
       </c>
       <c r="K21" s="10">
-        <v>35.08</v>
+        <v>29</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E22" s="2">
-        <v>91.87</v>
+        <v>91.72</v>
       </c>
       <c r="F22" s="2">
-        <v>59.371408</v>
+        <v>59.151397</v>
       </c>
       <c r="G22" s="3">
         <v>0</v>
       </c>
       <c r="H22" s="3">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.06640625</v>
+        <v>0.07692307692307693</v>
       </c>
       <c r="K22" s="10">
-        <v>10.2</v>
+        <v>8.98</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K23"/>
+  <dimension ref="A1:K24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
-    <col min="3" max="3" width="21.92413330078125" customWidth="1"/>
+    <col min="3" max="3" width="23.265371322631836" customWidth="1"/>
     <col min="4" max="4" width="33.192176818847656" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>292</v>
+        <v>306</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>295</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>87.08</v>
+        <v>98.98</v>
       </c>
       <c r="D3" s="4">
-        <v>87.08</v>
+        <v>98.98</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>174.16</v>
+        <v>197.96</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-37.55</v>
+        <v>-43.36</v>
       </c>
       <c r="D4" s="4">
-        <v>-37.55</v>
+        <v>-43.36</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-75.1</v>
+        <v>-86.72</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>49.53</v>
+        <v>55.62</v>
       </c>
       <c r="D8" s="4">
-        <v>49.53</v>
+        <v>55.62</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>99.06</v>
+        <v>111.24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>49.53</v>
+        <v>55.62</v>
       </c>
       <c r="D11" s="4">
-        <v>49.53</v>
+        <v>55.62</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>99.06</v>
+        <v>111.24</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>49.53</v>
+        <v>55.62</v>
       </c>
       <c r="D13" s="4">
-        <v>49.53</v>
+        <v>55.62</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>99.06</v>
+        <v>111.24</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>308</v>
+        <v>322</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E17" s="2">
-        <v>82.67</v>
+        <v>80.97</v>
       </c>
       <c r="F17" s="2">
-        <v>46.92001</v>
+        <v>45.512031</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>350</v>
+        <v>440</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>350</v>
+        <v>440</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.16666666666666669</v>
+        <v>0.18032786885245902</v>
       </c>
       <c r="K17" s="10">
-        <v>16.48</v>
+        <v>20.04</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E18" s="2">
-        <v>82.67</v>
+        <v>80.97</v>
       </c>
       <c r="F18" s="2">
-        <v>46.92001</v>
+        <v>45.512031</v>
       </c>
       <c r="G18" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="H18" s="3">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>190</v>
+        <v>350</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.09047619047619049</v>
+        <v>0.14344262295081966</v>
       </c>
       <c r="K18" s="10">
-        <v>9.06</v>
+        <v>15.96</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E19" s="2">
-        <v>82.67</v>
+        <v>80.97</v>
       </c>
       <c r="F19" s="2">
-        <v>46.92001</v>
+        <v>45.512031</v>
       </c>
       <c r="G19" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="H19" s="3">
-        <v>190</v>
+        <v>200</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>190</v>
+        <v>350</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.09047619047619049</v>
+        <v>0.14344262295081966</v>
       </c>
       <c r="K19" s="10">
-        <v>9.06</v>
+        <v>15.96</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E20" s="2">
-        <v>82.67</v>
+        <v>80.97</v>
       </c>
       <c r="F20" s="2">
-        <v>46.92001</v>
+        <v>45.512031</v>
       </c>
       <c r="G20" s="3">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="H20" s="3">
-        <v>270</v>
+        <v>320</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>390</v>
+        <v>320</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.18571428571428572</v>
+        <v>0.13114754098360656</v>
       </c>
       <c r="K20" s="10">
-        <v>18.42</v>
+        <v>14.56</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E21" s="2">
-        <v>82.67</v>
+        <v>80.97</v>
       </c>
       <c r="F21" s="2">
-        <v>46.92001</v>
+        <v>45.512031</v>
       </c>
       <c r="G21" s="3">
-        <v>370</v>
+        <v>360</v>
       </c>
       <c r="H21" s="3">
-        <v>150</v>
+        <v>110</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>520</v>
+        <v>470</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.24761904761904766</v>
+        <v>0.19262295081967212</v>
       </c>
       <c r="K21" s="10">
-        <v>24.34</v>
+        <v>21.38</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E22" s="2">
-        <v>82.67</v>
+        <v>80.97</v>
       </c>
       <c r="F22" s="2">
-        <v>46.92001</v>
+        <v>45.512031</v>
       </c>
       <c r="G22" s="3">
-        <v>160</v>
+        <v>240</v>
       </c>
       <c r="H22" s="3">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>420</v>
+        <v>490</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.2</v>
+        <v>0.20081967213114754</v>
       </c>
       <c r="K22" s="10">
-        <v>19.82</v>
+        <v>22.34</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E23" s="2">
-        <v>82.67</v>
+        <v>80.97</v>
       </c>
       <c r="F23" s="2">
-        <v>46.92001</v>
+        <v>45.512031</v>
       </c>
       <c r="G23" s="3">
         <v>0</v>
       </c>
       <c r="H23" s="3">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.019047619047619046</v>
+        <v>0.004098360655737705</v>
       </c>
       <c r="K23" s="10">
-        <v>1.88</v>
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="E24" s="2">
+        <v>80.97</v>
+      </c>
+      <c r="F24" s="2">
+        <v>45.512031</v>
+      </c>
+      <c r="G24" s="3">
+        <v>0</v>
+      </c>
+      <c r="H24" s="3">
+        <v>10</v>
+      </c>
+      <c r="I24" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>10</v>
+      </c>
+      <c r="J24" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.004098360655737705</v>
+      </c>
+      <c r="K24" s="10">
+        <v>0.5</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="37.60158920288086" customWidth="1"/>
     <col min="4" max="4" width="30.715333938598633" customWidth="1"/>
     <col min="5" max="5" width="11.8009033203125" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>290</v>
+        <v>304</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>292</v>
+        <v>306</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>295</v>
+        <v>309</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>93.99</v>
+        <v>85.88</v>
       </c>
       <c r="D3" s="4">
-        <v>93.99</v>
+        <v>85.88</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>187.98</v>
+        <v>171.76</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-35.47</v>
+        <v>-32.35</v>
       </c>
       <c r="D4" s="4">
-        <v>-35.47</v>
+        <v>-32.35</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-70.94</v>
+        <v>-64.7</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>58.52</v>
+        <v>53.53</v>
       </c>
       <c r="D8" s="4">
-        <v>58.52</v>
+        <v>53.53</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>117.04</v>
+        <v>107.06</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>58.52</v>
+        <v>53.53</v>
       </c>
       <c r="D11" s="4">
-        <v>58.52</v>
+        <v>53.53</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>117.04</v>
+        <v>107.06</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>58.52</v>
+        <v>53.53</v>
       </c>
       <c r="D13" s="4">
-        <v>58.52</v>
+        <v>53.53</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>117.04</v>
+        <v>107.06</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>308</v>
+        <v>322</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>206</v>
+        <v>220</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>207</v>
+        <v>221</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E17" s="2">
-        <v>113.85</v>
+        <v>113.7</v>
       </c>
       <c r="F17" s="2">
-        <v>70.871342</v>
+        <v>70.882743</v>
       </c>
       <c r="G17" s="3">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="H17" s="3">
-        <v>1650</v>
+        <v>1460</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1650</v>
+        <v>1510</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
         <v>1</v>
       </c>
       <c r="K17" s="10">
-        <v>117.04</v>
+        <v>107.06</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>