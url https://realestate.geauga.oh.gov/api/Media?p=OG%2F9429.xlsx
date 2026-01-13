--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -6,172 +6,160 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId2"/>
-    <sheet name="11-CHESTER TWP-W GEAUGA LSD" sheetId="2" r:id="rId3"/>
-    <sheet name="26-RUSSELL TWP-W GEAUGA LSD" sheetId="3" r:id="rId4"/>
+    <sheet name="11-CHESTER TWP-WEST GEAUGA LSD" sheetId="2" r:id="rId3"/>
+    <sheet name="26-RUSSELL TWP-WEST GEAUGA LSD" sheetId="3" r:id="rId4"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="110">
   <si>
     <t>Oil and Gas Company #9429</t>
   </si>
   <si>
     <t>SKYLINER ENERGY LLC</t>
   </si>
   <si>
     <t>Date Generated:</t>
   </si>
   <si>
-    <t>02/03/2025</t>
+    <t>01/08/2026</t>
   </si>
   <si>
     <t>6848 STATE ROUTE 14</t>
   </si>
   <si>
     <t>Tax Year:</t>
   </si>
   <si>
-    <t>2024</t>
+    <t>2025</t>
   </si>
   <si>
     <t>RAVENNA, OH 44266</t>
   </si>
   <si>
     <t>Due Date:</t>
   </si>
   <si>
-    <t>02/26/2025</t>
+    <t>02/18/2026</t>
   </si>
   <si>
     <t>District Summary</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Full Rate</t>
   </si>
   <si>
     <t>Effective Rate</t>
   </si>
   <si>
     <t>Oil Value</t>
   </si>
   <si>
     <t>Gas Value</t>
   </si>
   <si>
     <t>Total Value</t>
   </si>
   <si>
     <t>Prior Due</t>
   </si>
   <si>
     <t>Half Due</t>
   </si>
   <si>
     <t>Full Due</t>
   </si>
   <si>
     <t>Total Due</t>
   </si>
   <si>
     <t>Permit Count</t>
   </si>
   <si>
-    <t>11-CHESTER TWP-W GEAUGA LSD</t>
-[...2 lines deleted...]
-    <t>26-RUSSELL TWP-W GEAUGA LSD</t>
+    <t>11-CHESTER TWP-WEST GEAUGA LSD</t>
+  </si>
+  <si>
+    <t>26-RUSSELL TWP-WEST GEAUGA LSD</t>
   </si>
   <si>
     <t>Permit Summary</t>
   </si>
   <si>
     <t>Permit</t>
   </si>
   <si>
     <t>WellName</t>
   </si>
   <si>
     <t>Districts</t>
   </si>
   <si>
     <t>34055216790000</t>
   </si>
   <si>
     <t>R. &amp; J. BREMEC UNIT # 1</t>
   </si>
   <si>
-    <t>34055218840000</t>
-[...10 lines deleted...]
-  <si>
     <t>34055218900000</t>
   </si>
   <si>
     <t xml:space="preserve">PILLA     1</t>
   </si>
   <si>
-    <t>34055218930000</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">FARMER     1</t>
+    <t>34055218920000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PALOMBO     1</t>
   </si>
   <si>
     <t>34055219050000</t>
   </si>
   <si>
     <t xml:space="preserve">KULP     1</t>
   </si>
   <si>
     <t>34055219070000</t>
   </si>
   <si>
     <t xml:space="preserve">KIRBY/PERKO     1</t>
   </si>
   <si>
     <t>34055219320000</t>
   </si>
   <si>
     <t xml:space="preserve">WILEY     1</t>
   </si>
   <si>
     <t>34055219350000</t>
   </si>
   <si>
     <t xml:space="preserve">MONTICELLO NURSERY     1</t>
   </si>
@@ -208,66 +196,66 @@
   <si>
     <t>34055220310000</t>
   </si>
   <si>
     <t xml:space="preserve">PETRONZIO MAYFIELD     1</t>
   </si>
   <si>
     <t>34055220320000</t>
   </si>
   <si>
     <t xml:space="preserve">OBERLE     1</t>
   </si>
   <si>
     <t>34055220420000</t>
   </si>
   <si>
     <t xml:space="preserve">GCC     1</t>
   </si>
   <si>
     <t>34055220750000</t>
   </si>
   <si>
     <t xml:space="preserve">METZENBAUM     1</t>
   </si>
   <si>
-    <t>34055220760000</t>
-[...4 lines deleted...]
-  <si>
     <t>34055220770000</t>
   </si>
   <si>
     <t xml:space="preserve">CARLTON     1</t>
   </si>
   <si>
     <t>34055220860000</t>
   </si>
   <si>
     <t xml:space="preserve">SMITHINGELL     1</t>
+  </si>
+  <si>
+    <t>34055220870000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P/C     1</t>
   </si>
   <si>
     <t>34055220880000</t>
   </si>
   <si>
     <t xml:space="preserve">MANDALFINO     1</t>
   </si>
   <si>
     <t>34055220980000</t>
   </si>
   <si>
     <t xml:space="preserve">PERELMAN     1</t>
   </si>
   <si>
     <t>34055221120000</t>
   </si>
   <si>
     <t xml:space="preserve">PULJIC/EGER     1</t>
   </si>
   <si>
     <t>34055221130000</t>
   </si>
   <si>
     <t xml:space="preserve">RITT/LICURSI     1</t>
   </si>
@@ -456,69 +444,69 @@
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="SummaryDistrictTable" displayName="SummaryDistrictTable" ref="A8:K10" headerRowCount="1">
   <autoFilter ref="A8:K10"/>
   <tableColumns count="11">
     <tableColumn id="1" name="District Name"/>
     <tableColumn id="2" name="Full Rate"/>
     <tableColumn id="3" name="Effective Rate"/>
     <tableColumn id="4" name="Oil Value"/>
     <tableColumn id="5" name="Gas Value"/>
     <tableColumn id="6" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="7" name="Prior Due"/>
     <tableColumn id="8" name="Half Due"/>
     <tableColumn id="9" name="Full Due"/>
     <tableColumn id="10" name="Total Due">
       <calculatedColumnFormula>[Prior Due] + [Half Due] + [Full Due]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Permit Count"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A14:F45" headerRowCount="1">
-  <autoFilter ref="A14:F45"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A14:F43" headerRowCount="1">
+  <autoFilter ref="A14:F43"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Permit"/>
     <tableColumn id="2" name="WellName"/>
     <tableColumn id="3" name="Oil Value"/>
     <tableColumn id="4" name="Gas Value"/>
     <tableColumn id="5" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="6" name="Districts"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="DistrictTable_11" displayName="DistrictTable_11" ref="A16:K43" headerRowCount="1">
-  <autoFilter ref="A16:K43"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="DistrictTable_11" displayName="DistrictTable_11" ref="A16:K41" headerRowCount="1">
+  <autoFilter ref="A16:K41"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
     <tableColumn id="8" name="Gas Value"/>
     <tableColumn id="9" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="10" name="Percentage of District Value">
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="TaxTable_11" displayName="TaxTable_11" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
@@ -563,62 +551,62 @@
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K45"/>
+  <dimension ref="A1:K43"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="35.84774398803711" customWidth="1"/>
     <col min="2" max="2" width="25.363679885864258" customWidth="1"/>
     <col min="3" max="3" width="15.996493339538574" customWidth="1"/>
     <col min="4" max="4" width="12.350568771362305" customWidth="1"/>
     <col min="5" max="5" width="40" customWidth="1"/>
-    <col min="6" max="6" width="31.096939086914062" customWidth="1"/>
+    <col min="6" max="6" width="34.19375991821289" customWidth="1"/>
     <col min="7" max="7" width="11.938273429870605" customWidth="1"/>
     <col min="8" max="8" width="11.218035697937012" customWidth="1"/>
     <col min="9" max="9" width="10.801648139953613" customWidth="1"/>
     <col min="10" max="10" width="12.127540588378906" customWidth="1"/>
     <col min="11" max="11" width="15.31336498260498" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
@@ -665,2505 +653,2389 @@
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="C9" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="D9" s="3">
-        <v>5380</v>
+        <v>64760</v>
       </c>
       <c r="E9" s="3">
-        <v>30850</v>
+        <v>14460</v>
       </c>
       <c r="F9" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>36230</v>
+        <v>79220</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
-        <v>992.86</v>
+        <v>2254.28</v>
       </c>
       <c r="I9" s="4">
-        <v>992.86</v>
+        <v>2254.28</v>
       </c>
       <c r="J9" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>1985.72</v>
+        <v>4508.56</v>
       </c>
       <c r="K9" s="0">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="2">
-        <v>89.73</v>
+        <v>94.41</v>
       </c>
       <c r="C10" s="2">
-        <v>56.66545</v>
+        <v>61.28837</v>
       </c>
       <c r="D10" s="3">
-        <v>1300</v>
+        <v>7270</v>
       </c>
       <c r="E10" s="3">
-        <v>6730</v>
+        <v>1790</v>
       </c>
       <c r="F10" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>8030</v>
+        <v>9060</v>
       </c>
       <c r="G10" s="4">
         <v>0</v>
       </c>
       <c r="H10" s="4">
-        <v>227.6</v>
+        <v>277.82</v>
       </c>
       <c r="I10" s="4">
-        <v>227.6</v>
+        <v>277.82</v>
       </c>
       <c r="J10" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>455.2</v>
+        <v>555.64</v>
       </c>
       <c r="K10" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="7" t="s">
         <v>16</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="6">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="D15" s="6">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="E15" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>80</v>
+        <v>170</v>
       </c>
       <c r="F15" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="6">
-        <v>0</v>
+        <v>1700</v>
       </c>
       <c r="D16" s="6">
         <v>20</v>
       </c>
       <c r="E16" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>20</v>
+        <v>1720</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C17" s="6">
         <v>0</v>
       </c>
       <c r="D17" s="6">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="E17" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C18" s="6">
-        <v>340</v>
+        <v>1930</v>
       </c>
       <c r="D18" s="6">
-        <v>450</v>
+        <v>590</v>
       </c>
       <c r="E18" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>790</v>
+        <v>2520</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="6">
-        <v>0</v>
+        <v>1840</v>
       </c>
       <c r="D19" s="6">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="E19" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>150</v>
+        <v>1980</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>39</v>
       </c>
       <c r="C20" s="6">
-        <v>0</v>
+        <v>930</v>
       </c>
       <c r="D20" s="6">
-        <v>590</v>
+        <v>330</v>
       </c>
       <c r="E20" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>590</v>
+        <v>1260</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>41</v>
       </c>
       <c r="C21" s="6">
-        <v>420</v>
+        <v>2320</v>
       </c>
       <c r="D21" s="6">
-        <v>470</v>
+        <v>230</v>
       </c>
       <c r="E21" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>890</v>
+        <v>2550</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C22" s="6">
-        <v>450</v>
+        <v>5970</v>
       </c>
       <c r="D22" s="6">
-        <v>580</v>
+        <v>380</v>
       </c>
       <c r="E22" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1030</v>
+        <v>6350</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C23" s="6">
-        <v>500</v>
+        <v>880</v>
       </c>
       <c r="D23" s="6">
-        <v>580</v>
+        <v>90</v>
       </c>
       <c r="E23" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1080</v>
+        <v>970</v>
       </c>
       <c r="F23" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>47</v>
       </c>
       <c r="C24" s="6">
-        <v>1190</v>
+        <v>1580</v>
       </c>
       <c r="D24" s="6">
-        <v>510</v>
+        <v>340</v>
       </c>
       <c r="E24" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1700</v>
+        <v>1920</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>49</v>
       </c>
       <c r="C25" s="6">
-        <v>0</v>
+        <v>5050</v>
       </c>
       <c r="D25" s="6">
-        <v>550</v>
+        <v>360</v>
       </c>
       <c r="E25" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>550</v>
+        <v>5410</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>51</v>
       </c>
       <c r="C26" s="6">
-        <v>780</v>
+        <v>1350</v>
       </c>
       <c r="D26" s="6">
-        <v>620</v>
+        <v>170</v>
       </c>
       <c r="E26" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1400</v>
+        <v>1520</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>53</v>
       </c>
       <c r="C27" s="6">
-        <v>0</v>
+        <v>9350</v>
       </c>
       <c r="D27" s="6">
-        <v>1700</v>
+        <v>5400</v>
       </c>
       <c r="E27" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1700</v>
+        <v>14750</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>55</v>
       </c>
       <c r="C28" s="6">
-        <v>550</v>
+        <v>5260</v>
       </c>
       <c r="D28" s="6">
-        <v>400</v>
+        <v>360</v>
       </c>
       <c r="E28" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>950</v>
+        <v>5620</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>57</v>
       </c>
       <c r="C29" s="6">
-        <v>0</v>
+        <v>2240</v>
       </c>
       <c r="D29" s="6">
-        <v>4580</v>
+        <v>120</v>
       </c>
       <c r="E29" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>4580</v>
+        <v>2360</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>59</v>
       </c>
       <c r="C30" s="6">
-        <v>0</v>
+        <v>1360</v>
       </c>
       <c r="D30" s="6">
-        <v>1700</v>
+        <v>1940</v>
       </c>
       <c r="E30" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1700</v>
+        <v>3300</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>61</v>
       </c>
       <c r="C31" s="6">
-        <v>0</v>
+        <v>6240</v>
       </c>
       <c r="D31" s="6">
-        <v>1370</v>
+        <v>360</v>
       </c>
       <c r="E31" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1370</v>
+        <v>6600</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>63</v>
       </c>
       <c r="C32" s="6">
-        <v>0</v>
+        <v>1030</v>
       </c>
       <c r="D32" s="6">
-        <v>4100</v>
+        <v>190</v>
       </c>
       <c r="E32" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>4100</v>
+        <v>1220</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>65</v>
       </c>
       <c r="C33" s="6">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="D33" s="6">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="E33" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>67</v>
       </c>
       <c r="C34" s="6">
-        <v>0</v>
+        <v>1630</v>
       </c>
       <c r="D34" s="6">
-        <v>1880</v>
+        <v>220</v>
       </c>
       <c r="E34" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1880</v>
+        <v>1850</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>69</v>
       </c>
       <c r="C35" s="6">
-        <v>0</v>
+        <v>5500</v>
       </c>
       <c r="D35" s="6">
-        <v>630</v>
+        <v>2460</v>
       </c>
       <c r="E35" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>630</v>
+        <v>7960</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>71</v>
       </c>
       <c r="C36" s="6">
-        <v>0</v>
+        <v>1600</v>
       </c>
       <c r="D36" s="6">
-        <v>1470</v>
+        <v>300</v>
       </c>
       <c r="E36" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1470</v>
+        <v>1900</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>73</v>
       </c>
       <c r="C37" s="6">
-        <v>520</v>
+        <v>860</v>
       </c>
       <c r="D37" s="6">
-        <v>4320</v>
+        <v>20</v>
       </c>
       <c r="E37" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>4840</v>
+        <v>880</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>75</v>
       </c>
       <c r="C38" s="6">
-        <v>400</v>
+        <v>110</v>
       </c>
       <c r="D38" s="6">
-        <v>1770</v>
+        <v>20</v>
       </c>
       <c r="E38" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2170</v>
+        <v>130</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>77</v>
       </c>
       <c r="C39" s="6">
-        <v>0</v>
+        <v>5600</v>
       </c>
       <c r="D39" s="6">
-        <v>350</v>
+        <v>430</v>
       </c>
       <c r="E39" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>350</v>
+        <v>6030</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>79</v>
       </c>
       <c r="C40" s="6">
-        <v>600</v>
+        <v>1080</v>
       </c>
       <c r="D40" s="6">
-        <v>140</v>
+        <v>70</v>
       </c>
       <c r="E40" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>740</v>
+        <v>1150</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>80</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>81</v>
       </c>
       <c r="C41" s="6">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="D41" s="6">
-        <v>1390</v>
+        <v>210</v>
       </c>
       <c r="E41" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1390</v>
+        <v>1110</v>
       </c>
       <c r="F41" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>82</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>83</v>
       </c>
       <c r="C42" s="6">
-        <v>0</v>
+        <v>5130</v>
       </c>
       <c r="D42" s="6">
-        <v>1440</v>
+        <v>1310</v>
       </c>
       <c r="E42" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1440</v>
+        <v>6440</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>85</v>
       </c>
       <c r="C43" s="6">
-        <v>630</v>
+        <v>430</v>
       </c>
       <c r="D43" s="6">
-        <v>580</v>
+        <v>160</v>
       </c>
       <c r="E43" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1210</v>
+        <v>590</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>22</v>
-[...40 lines deleted...]
-      <c r="F45" s="5" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K43"/>
+  <dimension ref="A1:K41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="25.363679885864258" customWidth="1"/>
-    <col min="4" max="4" width="31.096939086914062" customWidth="1"/>
+    <col min="4" max="4" width="34.19375991821289" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="B2" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C2" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="D2" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="E2" s="0" t="s">
         <v>91</v>
-      </c>
-[...10 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>1570.82</v>
+        <v>3519.36</v>
       </c>
       <c r="D3" s="4">
-        <v>1570.82</v>
+        <v>3519.36</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>3141.64</v>
+        <v>7038.72</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-577.96</v>
+        <v>-1265.08</v>
       </c>
       <c r="D4" s="4">
-        <v>-577.96</v>
+        <v>-1265.08</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-1155.92</v>
+        <v>-2530.16</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>992.86</v>
+        <v>2254.28</v>
       </c>
       <c r="D8" s="4">
-        <v>992.86</v>
+        <v>2254.28</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1985.72</v>
+        <v>4508.56</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>992.86</v>
+        <v>2254.28</v>
       </c>
       <c r="D11" s="4">
-        <v>992.86</v>
+        <v>2254.28</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1985.72</v>
+        <v>4508.56</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>992.86</v>
+        <v>2254.28</v>
       </c>
       <c r="D13" s="4">
-        <v>992.86</v>
+        <v>2254.28</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1985.72</v>
+        <v>4508.56</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F17" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G17" s="3">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="H17" s="3">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>80</v>
+        <v>170</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0022081148219707425</v>
+        <v>0.002145922746781116</v>
       </c>
       <c r="K17" s="10">
-        <v>4.4</v>
+        <v>9.78</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F18" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G18" s="3">
-        <v>0</v>
+        <v>1700</v>
       </c>
       <c r="H18" s="3">
         <v>20</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>20</v>
+        <v>1720</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0005520287054926856</v>
+        <v>0.021711688967432467</v>
       </c>
       <c r="K18" s="10">
-        <v>1.24</v>
+        <v>97.88</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F19" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G19" s="3">
         <v>0</v>
       </c>
       <c r="H19" s="3">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.00690035881865857</v>
+        <v>0.00012623074981065388</v>
       </c>
       <c r="K19" s="10">
-        <v>13.84</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F20" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G20" s="3">
-        <v>340</v>
+        <v>1930</v>
       </c>
       <c r="H20" s="3">
-        <v>450</v>
+        <v>590</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>790</v>
+        <v>2520</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.021805133866961084</v>
+        <v>0.031810148952284775</v>
       </c>
       <c r="K20" s="10">
-        <v>43.38</v>
+        <v>143.34</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F21" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G21" s="3">
-        <v>0</v>
+        <v>1840</v>
       </c>
       <c r="H21" s="3">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>150</v>
+        <v>1980</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.004140215291195142</v>
+        <v>0.024993688462509465</v>
       </c>
       <c r="K21" s="10">
-        <v>8.34</v>
+        <v>112.64</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F22" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G22" s="3">
-        <v>0</v>
+        <v>930</v>
       </c>
       <c r="H22" s="3">
-        <v>590</v>
+        <v>330</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>590</v>
+        <v>1260</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.016284846812034227</v>
+        <v>0.015905074476142388</v>
       </c>
       <c r="K22" s="10">
-        <v>32.42</v>
+        <v>71.74</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F23" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G23" s="3">
-        <v>420</v>
+        <v>2320</v>
       </c>
       <c r="H23" s="3">
-        <v>470</v>
+        <v>230</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>890</v>
+        <v>2550</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.02456527739442451</v>
+        <v>0.03218884120171674</v>
       </c>
       <c r="K23" s="10">
-        <v>48.78</v>
+        <v>145.22</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>43</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E24" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F24" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G24" s="3">
-        <v>450</v>
+        <v>5970</v>
       </c>
       <c r="H24" s="3">
-        <v>580</v>
+        <v>380</v>
       </c>
       <c r="I24" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1030</v>
+        <v>6350</v>
       </c>
       <c r="J24" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.02842947833287331</v>
+        <v>0.08015652612976522</v>
       </c>
       <c r="K24" s="10">
-        <v>56.4</v>
+        <v>361.38</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E25" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F25" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G25" s="3">
-        <v>500</v>
+        <v>880</v>
       </c>
       <c r="H25" s="3">
-        <v>580</v>
+        <v>90</v>
       </c>
       <c r="I25" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1080</v>
+        <v>970</v>
       </c>
       <c r="J25" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.029809550096605023</v>
+        <v>0.012244382731633426</v>
       </c>
       <c r="K25" s="10">
-        <v>59.2</v>
+        <v>55.3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E26" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F26" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G26" s="3">
-        <v>1190</v>
+        <v>1580</v>
       </c>
       <c r="H26" s="3">
-        <v>510</v>
+        <v>340</v>
       </c>
       <c r="I26" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1700</v>
+        <v>1920</v>
       </c>
       <c r="J26" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.04692243996687828</v>
+        <v>0.024236303963645546</v>
       </c>
       <c r="K26" s="10">
-        <v>93.24</v>
+        <v>109.28</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E27" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F27" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G27" s="3">
-        <v>0</v>
+        <v>5050</v>
       </c>
       <c r="H27" s="3">
-        <v>550</v>
+        <v>360</v>
       </c>
       <c r="I27" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>550</v>
+        <v>5410</v>
       </c>
       <c r="J27" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.015180789401048856</v>
+        <v>0.06829083564756375</v>
       </c>
       <c r="K27" s="10">
-        <v>30.24</v>
+        <v>307.84</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E28" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F28" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G28" s="3">
-        <v>780</v>
+        <v>1350</v>
       </c>
       <c r="H28" s="3">
-        <v>620</v>
+        <v>170</v>
       </c>
       <c r="I28" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1400</v>
+        <v>1520</v>
       </c>
       <c r="J28" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.038642009384487995</v>
+        <v>0.01918707397121939</v>
       </c>
       <c r="K28" s="10">
-        <v>76.62</v>
+        <v>86.46</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E29" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F29" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G29" s="3">
-        <v>0</v>
+        <v>9350</v>
       </c>
       <c r="H29" s="3">
-        <v>1700</v>
+        <v>5400</v>
       </c>
       <c r="I29" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1700</v>
+        <v>14750</v>
       </c>
       <c r="J29" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.04692243996687828</v>
+        <v>0.18619035597071448</v>
       </c>
       <c r="K29" s="10">
-        <v>93.24</v>
+        <v>839.26</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E30" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F30" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G30" s="3">
-        <v>550</v>
+        <v>5260</v>
       </c>
       <c r="H30" s="3">
-        <v>400</v>
+        <v>360</v>
       </c>
       <c r="I30" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>950</v>
+        <v>5620</v>
       </c>
       <c r="J30" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.026221363510902564</v>
+        <v>0.07094168139358749</v>
       </c>
       <c r="K30" s="10">
-        <v>52.2</v>
+        <v>319.82</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E31" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F31" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G31" s="3">
-        <v>0</v>
+        <v>2240</v>
       </c>
       <c r="H31" s="3">
-        <v>4580</v>
+        <v>120</v>
       </c>
       <c r="I31" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>4580</v>
+        <v>2360</v>
       </c>
       <c r="J31" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.126414573557825</v>
+        <v>0.029790456955314314</v>
       </c>
       <c r="K31" s="10">
-        <v>250.72</v>
+        <v>134.22</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E32" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F32" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G32" s="3">
-        <v>0</v>
+        <v>1360</v>
       </c>
       <c r="H32" s="3">
-        <v>1700</v>
+        <v>1940</v>
       </c>
       <c r="I32" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1700</v>
+        <v>3300</v>
       </c>
       <c r="J32" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.04692243996687828</v>
+        <v>0.041656147437515785</v>
       </c>
       <c r="K32" s="10">
-        <v>93.24</v>
+        <v>187.86</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E33" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F33" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G33" s="3">
-        <v>0</v>
+        <v>6240</v>
       </c>
       <c r="H33" s="3">
-        <v>1370</v>
+        <v>360</v>
       </c>
       <c r="I33" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1370</v>
+        <v>6600</v>
       </c>
       <c r="J33" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03781396632624897</v>
+        <v>0.08331229487503157</v>
       </c>
       <c r="K33" s="10">
-        <v>75.1</v>
+        <v>375.58</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E34" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F34" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G34" s="3">
-        <v>0</v>
+        <v>1030</v>
       </c>
       <c r="H34" s="3">
-        <v>4100</v>
+        <v>190</v>
       </c>
       <c r="I34" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>4100</v>
+        <v>1220</v>
       </c>
       <c r="J34" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.11316588462600055</v>
+        <v>0.015400151476899774</v>
       </c>
       <c r="K34" s="10">
-        <v>224.56</v>
+        <v>69.46</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E35" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F35" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G35" s="3">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="H35" s="3">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="I35" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="J35" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0024841291747170853</v>
+        <v>0.00012623074981065388</v>
       </c>
       <c r="K35" s="10">
-        <v>4.96</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E36" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F36" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G36" s="3">
-        <v>0</v>
+        <v>1630</v>
       </c>
       <c r="H36" s="3">
-        <v>1880</v>
+        <v>220</v>
       </c>
       <c r="I36" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1880</v>
+        <v>1850</v>
       </c>
       <c r="J36" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.051890698316312454</v>
+        <v>0.023352688714970968</v>
       </c>
       <c r="K36" s="10">
-        <v>102.9</v>
+        <v>105.34</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E37" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F37" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G37" s="3">
-        <v>0</v>
+        <v>5500</v>
       </c>
       <c r="H37" s="3">
-        <v>630</v>
+        <v>2460</v>
       </c>
       <c r="I37" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>630</v>
+        <v>7960</v>
       </c>
       <c r="J37" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0173889042230196</v>
+        <v>0.10047967684928048</v>
       </c>
       <c r="K37" s="10">
-        <v>34.6</v>
+        <v>452.84</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E38" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F38" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G38" s="3">
-        <v>0</v>
+        <v>860</v>
       </c>
       <c r="H38" s="3">
-        <v>1470</v>
+        <v>20</v>
       </c>
       <c r="I38" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1470</v>
+        <v>880</v>
       </c>
       <c r="J38" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.040574109853712396</v>
+        <v>0.01110830598333754</v>
       </c>
       <c r="K38" s="10">
-        <v>80.58</v>
+        <v>50.08</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E39" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F39" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G39" s="3">
-        <v>520</v>
+        <v>5600</v>
       </c>
       <c r="H39" s="3">
-        <v>4320</v>
+        <v>430</v>
       </c>
       <c r="I39" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>4840</v>
+        <v>6030</v>
       </c>
       <c r="J39" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.13359094672922991</v>
+        <v>0.0761171421358243</v>
       </c>
       <c r="K39" s="10">
-        <v>264.94</v>
+        <v>343.14</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E40" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F40" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G40" s="3">
-        <v>0</v>
+        <v>1080</v>
       </c>
       <c r="H40" s="3">
-        <v>350</v>
+        <v>70</v>
       </c>
       <c r="I40" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>350</v>
+        <v>1150</v>
       </c>
       <c r="J40" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.009660502346121999</v>
+        <v>0.014516536228225196</v>
       </c>
       <c r="K40" s="10">
-        <v>19.28</v>
+        <v>65.6</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E41" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F41" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G41" s="3">
-        <v>0</v>
+        <v>900</v>
       </c>
       <c r="H41" s="3">
-        <v>1390</v>
+        <v>210</v>
       </c>
       <c r="I41" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1390</v>
+        <v>1110</v>
       </c>
       <c r="J41" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03836599503174165</v>
+        <v>0.01401161322898258</v>
       </c>
       <c r="K41" s="10">
-        <v>76.2</v>
-[...73 lines deleted...]
-        <v>66.26</v>
+        <v>63.26</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="16.210315704345703" customWidth="1"/>
-    <col min="4" max="4" width="30.686689376831055" customWidth="1"/>
+    <col min="4" max="4" width="33.78350830078125" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="B2" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C2" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="D2" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="E2" s="0" t="s">
         <v>91</v>
-      </c>
-[...10 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>360.4</v>
+        <v>427.84</v>
       </c>
       <c r="D3" s="4">
-        <v>360.4</v>
+        <v>427.84</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>720.8</v>
+        <v>855.68</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-132.8</v>
+        <v>-150.02</v>
       </c>
       <c r="D4" s="4">
-        <v>-132.8</v>
+        <v>-150.02</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-265.6</v>
+        <v>-300.04</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>227.6</v>
+        <v>277.82</v>
       </c>
       <c r="D8" s="4">
-        <v>227.6</v>
+        <v>277.82</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>455.2</v>
+        <v>555.64</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>227.6</v>
+        <v>277.82</v>
       </c>
       <c r="D11" s="4">
-        <v>227.6</v>
+        <v>277.82</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>455.2</v>
+        <v>555.64</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>227.6</v>
+        <v>277.82</v>
       </c>
       <c r="D13" s="4">
-        <v>227.6</v>
+        <v>277.82</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>455.2</v>
+        <v>555.64</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="2">
-        <v>89.73</v>
+        <v>94.41</v>
       </c>
       <c r="F17" s="2">
-        <v>56.66545</v>
+        <v>61.28837</v>
       </c>
       <c r="G17" s="3">
-        <v>400</v>
+        <v>1600</v>
       </c>
       <c r="H17" s="3">
-        <v>1770</v>
+        <v>300</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2170</v>
+        <v>1900</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.27023661270236615</v>
+        <v>0.2097130242825607</v>
       </c>
       <c r="K17" s="10">
-        <v>123.02</v>
+        <v>116.6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E18" s="2">
-        <v>89.73</v>
+        <v>94.41</v>
       </c>
       <c r="F18" s="2">
-        <v>56.66545</v>
+        <v>61.28837</v>
       </c>
       <c r="G18" s="3">
-        <v>600</v>
+        <v>110</v>
       </c>
       <c r="H18" s="3">
-        <v>140</v>
+        <v>20</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>740</v>
+        <v>130</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.09215442092154422</v>
+        <v>0.01434878587196468</v>
       </c>
       <c r="K18" s="10">
-        <v>41.94</v>
+        <v>8.06</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E19" s="2">
-        <v>89.73</v>
+        <v>94.41</v>
       </c>
       <c r="F19" s="2">
-        <v>56.66545</v>
+        <v>61.28837</v>
       </c>
       <c r="G19" s="3">
-        <v>0</v>
+        <v>5130</v>
       </c>
       <c r="H19" s="3">
-        <v>3290</v>
+        <v>1310</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>3290</v>
+        <v>6440</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.40971357409713577</v>
+        <v>0.7108167770419426</v>
       </c>
       <c r="K19" s="10">
-        <v>186.48</v>
+        <v>394.74</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E20" s="2">
-        <v>89.73</v>
+        <v>94.41</v>
       </c>
       <c r="F20" s="2">
-        <v>56.66545</v>
+        <v>61.28837</v>
       </c>
       <c r="G20" s="3">
-        <v>300</v>
+        <v>430</v>
       </c>
       <c r="H20" s="3">
-        <v>1530</v>
+        <v>160</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1830</v>
+        <v>590</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.22789539227895395</v>
+        <v>0.06512141280353202</v>
       </c>
       <c r="K20" s="10">
-        <v>103.76</v>
+        <v>36.24</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>