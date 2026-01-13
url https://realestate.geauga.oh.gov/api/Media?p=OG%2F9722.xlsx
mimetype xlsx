--- v0 (2025-10-13)
+++ v1 (2026-01-13)
@@ -1,200 +1,195 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table11.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table14.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Summary" sheetId="1" r:id="rId2"/>
     <sheet name="04-BURTON TWP-BERKSHIRE LSD" sheetId="2" r:id="rId3"/>
-    <sheet name="11-CHESTER TWP-W GEAUGA LSD" sheetId="3" r:id="rId4"/>
+    <sheet name="11-CHESTER TWP-WEST GEAUGA LSD" sheetId="3" r:id="rId4"/>
     <sheet name="12-CLARIDON TWP-BERKSHIRE LSD" sheetId="4" r:id="rId5"/>
-    <sheet name="26-RUSSELL TWP-W GEAUGA LSD" sheetId="5" r:id="rId6"/>
-    <sheet name="32-TROY TWP-BERKSHIRE LSD" sheetId="6" r:id="rId7"/>
+    <sheet name="16-HUNTSBURG TWP-CARDINAL LSD" sheetId="5" r:id="rId6"/>
+    <sheet name="26-RUSSELL TWP-WEST GEAUGA LSD" sheetId="6" r:id="rId7"/>
+    <sheet name="32-TROY TWP-BERKSHIRE LSD" sheetId="7" r:id="rId8"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
   <si>
     <t>Oil and Gas Company #9722</t>
   </si>
   <si>
     <t>PIN OAK ENERGY PARTNERS LLC</t>
   </si>
   <si>
     <t>Date Generated:</t>
   </si>
   <si>
-    <t>02/03/2025</t>
+    <t>01/08/2026</t>
   </si>
   <si>
     <t>388 SOUTH MAIN ST SUITE 401</t>
   </si>
   <si>
     <t>Tax Year:</t>
   </si>
   <si>
-    <t>2024</t>
+    <t>2025</t>
   </si>
   <si>
     <t>AKRON, OH 44311</t>
   </si>
   <si>
     <t>Due Date:</t>
   </si>
   <si>
-    <t>02/26/2025</t>
+    <t>02/18/2026</t>
   </si>
   <si>
     <t>District Summary</t>
   </si>
   <si>
     <t>District Name</t>
   </si>
   <si>
     <t>Full Rate</t>
   </si>
   <si>
     <t>Effective Rate</t>
   </si>
   <si>
     <t>Oil Value</t>
   </si>
   <si>
     <t>Gas Value</t>
   </si>
   <si>
     <t>Total Value</t>
   </si>
   <si>
     <t>Prior Due</t>
   </si>
   <si>
     <t>Half Due</t>
   </si>
   <si>
     <t>Full Due</t>
   </si>
   <si>
     <t>Total Due</t>
   </si>
   <si>
     <t>Permit Count</t>
   </si>
   <si>
     <t>04-BURTON TWP-BERKSHIRE LSD</t>
   </si>
   <si>
-    <t>11-CHESTER TWP-W GEAUGA LSD</t>
+    <t>11-CHESTER TWP-WEST GEAUGA LSD</t>
   </si>
   <si>
     <t>12-CLARIDON TWP-BERKSHIRE LSD</t>
   </si>
   <si>
-    <t>26-RUSSELL TWP-W GEAUGA LSD</t>
+    <t>16-HUNTSBURG TWP-CARDINAL LSD</t>
+  </si>
+  <si>
+    <t>26-RUSSELL TWP-WEST GEAUGA LSD</t>
   </si>
   <si>
     <t>32-TROY TWP-BERKSHIRE LSD</t>
   </si>
   <si>
     <t>Permit Summary</t>
   </si>
   <si>
     <t>Permit</t>
   </si>
   <si>
     <t>WellName</t>
   </si>
   <si>
     <t>Districts</t>
   </si>
   <si>
-    <t>34055200130000</t>
-[...16 lines deleted...]
-  <si>
     <t>34055203050000</t>
   </si>
   <si>
     <t>THOMAS 1</t>
   </si>
   <si>
     <t>34055203300000</t>
   </si>
   <si>
     <t xml:space="preserve">J C C     2</t>
   </si>
   <si>
+    <t>34055209960000</t>
+  </si>
+  <si>
+    <t>R. CLINGER # 1</t>
+  </si>
+  <si>
     <t>34055215650000</t>
   </si>
   <si>
     <t>CLIFFORD UNIT # 1</t>
   </si>
   <si>
     <t>34055215690000</t>
   </si>
   <si>
     <t>WELSHFIELD INN UNIT # 1</t>
   </si>
   <si>
     <t>34055215800000</t>
   </si>
   <si>
     <t>WELSHFIELD INN UNIT # 2</t>
   </si>
   <si>
     <t>34055215940000</t>
   </si>
   <si>
     <t>L&amp;E BARCIKOWSKI UNIT # 1</t>
   </si>
   <si>
     <t>34055218000000</t>
@@ -287,56 +282,50 @@
     <t xml:space="preserve">LAND PRESERVATION PARTNERSHIP     4</t>
   </si>
   <si>
     <t>34055220890000</t>
   </si>
   <si>
     <t xml:space="preserve">GEAUGA CO FAIRGROUNDS     1</t>
   </si>
   <si>
     <t>34055221030000</t>
   </si>
   <si>
     <t xml:space="preserve">RATAJCZAK UNIT     1</t>
   </si>
   <si>
     <t>34055221070000</t>
   </si>
   <si>
     <t xml:space="preserve">AZNAUROVA UNIT     1</t>
   </si>
   <si>
     <t>34055221150000</t>
   </si>
   <si>
     <t xml:space="preserve">DENZINE     1</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">J.C.C.     1</t>
   </si>
   <si>
     <t>District Taxes</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Prior</t>
   </si>
   <si>
     <t>First</t>
   </si>
   <si>
     <t>Second</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>Gross</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
@@ -437,153 +426,193 @@
     <xf numFmtId="3" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="165" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="4" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Heading 1" xfId="1"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="SummaryDistrictTable" displayName="SummaryDistrictTable" ref="A8:K13" headerRowCount="1">
-  <autoFilter ref="A8:K13"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="SummaryDistrictTable" displayName="SummaryDistrictTable" ref="A8:K14" headerRowCount="1">
+  <autoFilter ref="A8:K14"/>
   <tableColumns count="11">
     <tableColumn id="1" name="District Name"/>
     <tableColumn id="2" name="Full Rate"/>
     <tableColumn id="3" name="Effective Rate"/>
     <tableColumn id="4" name="Oil Value"/>
     <tableColumn id="5" name="Gas Value"/>
     <tableColumn id="6" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="7" name="Prior Due"/>
     <tableColumn id="8" name="Half Due"/>
     <tableColumn id="9" name="Full Due"/>
     <tableColumn id="10" name="Total Due">
       <calculatedColumnFormula>[Prior Due] + [Half Due] + [Full Due]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Permit Count"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table10.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="10" name="TaxTable_26" displayName="TaxTable_26" ref="A2:E13" headerRowCount="1">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="10" name="TaxTable_16" displayName="TaxTable_16" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table11.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="11" name="DistrictTable_32" displayName="DistrictTable_32" ref="A16:K21" headerRowCount="1">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="11" name="DistrictTable_26" displayName="DistrictTable_26" ref="A16:K21" headerRowCount="1">
   <autoFilter ref="A16:K21"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
     <tableColumn id="8" name="Gas Value"/>
     <tableColumn id="9" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="10" name="Percentage of District Value">
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table12.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="12" name="TaxTable_32" displayName="TaxTable_32" ref="A2:E13" headerRowCount="1">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="12" name="TaxTable_26" displayName="TaxTable_26" ref="A2:E13" headerRowCount="1">
+  <autoFilter ref="A2:E13"/>
+  <tableColumns count="5">
+    <tableColumn id="1" name="Description"/>
+    <tableColumn id="2" name="Prior"/>
+    <tableColumn id="3" name="First"/>
+    <tableColumn id="4" name="Second"/>
+    <tableColumn id="5" name="Total">
+      <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
+    </tableColumn>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table13.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="13" name="DistrictTable_32" displayName="DistrictTable_32" ref="A16:K21" headerRowCount="1">
+  <autoFilter ref="A16:K21"/>
+  <tableColumns count="11">
+    <tableColumn id="1" name="Owner Number"/>
+    <tableColumn id="2" name="Permit Number"/>
+    <tableColumn id="3" name="Well Name"/>
+    <tableColumn id="4" name="District Name"/>
+    <tableColumn id="5" name="Full Rate"/>
+    <tableColumn id="6" name="Effective Rate"/>
+    <tableColumn id="7" name="Oil Value"/>
+    <tableColumn id="8" name="Gas Value"/>
+    <tableColumn id="9" name="Total Value">
+      <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
+    </tableColumn>
+    <tableColumn id="10" name="Percentage of District Value">
+      <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
+    </tableColumn>
+    <tableColumn id="11" name="Current Year Charge"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table14.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="14" name="TaxTable_32" displayName="TaxTable_32" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A17:F46" headerRowCount="1">
-  <autoFilter ref="A17:F46"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="2" name="PermitSummaryTable" displayName="PermitSummaryTable" ref="A18:F44" headerRowCount="1">
+  <autoFilter ref="A18:F44"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Permit"/>
     <tableColumn id="2" name="WellName"/>
     <tableColumn id="3" name="Oil Value"/>
     <tableColumn id="4" name="Gas Value"/>
     <tableColumn id="5" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="6" name="Districts"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="DistrictTable_04" displayName="DistrictTable_04" ref="A16:K22" headerRowCount="1">
-  <autoFilter ref="A16:K22"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="3" name="DistrictTable_04" displayName="DistrictTable_04" ref="A16:K18" headerRowCount="1">
+  <autoFilter ref="A16:K18"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
     <tableColumn id="8" name="Gas Value"/>
     <tableColumn id="9" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="10" name="Percentage of District Value">
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="4" name="TaxTable_04" displayName="TaxTable_04" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
@@ -658,105 +687,108 @@
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table8.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="8" name="TaxTable_12" displayName="TaxTable_12" ref="A2:E13" headerRowCount="1">
   <autoFilter ref="A2:E13"/>
   <tableColumns count="5">
     <tableColumn id="1" name="Description"/>
     <tableColumn id="2" name="Prior"/>
     <tableColumn id="3" name="First"/>
     <tableColumn id="4" name="Second"/>
     <tableColumn id="5" name="Total">
       <calculatedColumnFormula>[Prior] + [First] + [Second]</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table9.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="9" name="DistrictTable_26" displayName="DistrictTable_26" ref="A16:K21" headerRowCount="1">
-  <autoFilter ref="A16:K21"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="9" name="DistrictTable_16" displayName="DistrictTable_16" ref="A16:K17" headerRowCount="1">
+  <autoFilter ref="A16:K17"/>
   <tableColumns count="11">
     <tableColumn id="1" name="Owner Number"/>
     <tableColumn id="2" name="Permit Number"/>
     <tableColumn id="3" name="Well Name"/>
     <tableColumn id="4" name="District Name"/>
     <tableColumn id="5" name="Full Rate"/>
     <tableColumn id="6" name="Effective Rate"/>
     <tableColumn id="7" name="Oil Value"/>
     <tableColumn id="8" name="Gas Value"/>
     <tableColumn id="9" name="Total Value">
       <calculatedColumnFormula>[Oil Value] + [Gas Value]</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="10" name="Percentage of District Value">
       <calculatedColumnFormula>IF(SUM( [Total Value]:[Total Value]) = 0, 0, [Total Value] / SUM( [Total Value]:[Total Value]))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="11" name="Current Year Charge"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table10.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table12.xml"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table14.xml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K46"/>
+  <dimension ref="A1:K44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="35.84774398803711" customWidth="1"/>
     <col min="2" max="2" width="36.44859313964844" customWidth="1"/>
     <col min="3" max="3" width="15.996493339538574" customWidth="1"/>
     <col min="4" max="4" width="12.350568771362305" customWidth="1"/>
     <col min="5" max="5" width="40" customWidth="1"/>
-    <col min="6" max="6" width="32.00849151611328" customWidth="1"/>
+    <col min="6" max="6" width="34.19375991821289" customWidth="1"/>
     <col min="7" max="7" width="11.938273429870605" customWidth="1"/>
     <col min="8" max="8" width="11.218035697937012" customWidth="1"/>
     <col min="9" max="9" width="10.801648139953613" customWidth="1"/>
     <col min="10" max="10" width="12.127540588378906" customWidth="1"/>
     <col min="11" max="11" width="15.31336498260498" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
@@ -803,3370 +835,3523 @@
       </c>
       <c r="F8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="J8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="C9" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="D9" s="3">
-        <v>0</v>
+        <v>260</v>
       </c>
       <c r="E9" s="3">
-        <v>510</v>
+        <v>120</v>
       </c>
       <c r="F9" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>510</v>
+        <v>380</v>
       </c>
       <c r="G9" s="4">
         <v>0</v>
       </c>
       <c r="H9" s="4">
-        <v>12.29</v>
+        <v>8.93</v>
       </c>
       <c r="I9" s="4">
-        <v>12.29</v>
+        <v>8.93</v>
       </c>
       <c r="J9" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>24.58</v>
+        <v>17.86</v>
       </c>
       <c r="K9" s="0">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="C10" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="D10" s="3">
-        <v>12340</v>
+        <v>10670</v>
       </c>
       <c r="E10" s="3">
-        <v>32260</v>
+        <v>33800</v>
       </c>
       <c r="F10" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>44600</v>
+        <v>44470</v>
       </c>
       <c r="G10" s="4">
         <v>0</v>
       </c>
       <c r="H10" s="4">
-        <v>1221.13</v>
+        <v>1265.47</v>
       </c>
       <c r="I10" s="4">
-        <v>1221.13</v>
+        <v>1265.47</v>
       </c>
       <c r="J10" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>2442.26</v>
+        <v>2530.94</v>
       </c>
       <c r="K10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="2">
-        <v>82.15</v>
+        <v>81.9</v>
       </c>
       <c r="C11" s="2">
-        <v>44.548776</v>
+        <v>44.318332</v>
       </c>
       <c r="D11" s="3">
         <v>0</v>
       </c>
       <c r="E11" s="3">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="F11" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="G11" s="4">
         <v>0</v>
       </c>
       <c r="H11" s="4">
-        <v>2.01</v>
+        <v>0.21</v>
       </c>
       <c r="I11" s="4">
-        <v>2.01</v>
+        <v>0.21</v>
       </c>
       <c r="J11" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>4.02</v>
+        <v>0.42</v>
       </c>
       <c r="K11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="2">
-        <v>89.73</v>
+        <v>88.42</v>
       </c>
       <c r="C12" s="2">
-        <v>56.66545</v>
+        <v>55.563296</v>
       </c>
       <c r="D12" s="3">
-        <v>1610</v>
+        <v>460</v>
       </c>
       <c r="E12" s="3">
-        <v>22060</v>
+        <v>0</v>
       </c>
       <c r="F12" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>23670</v>
+        <v>460</v>
       </c>
       <c r="G12" s="4">
         <v>0</v>
       </c>
       <c r="H12" s="4">
-        <v>670.82</v>
+        <v>12.79</v>
       </c>
       <c r="I12" s="4">
-        <v>670.82</v>
+        <v>12.79</v>
       </c>
       <c r="J12" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>1341.64</v>
+        <v>25.58</v>
       </c>
       <c r="K12" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="2">
-        <v>86.1</v>
+        <v>94.41</v>
       </c>
       <c r="C13" s="2">
-        <v>48.212873</v>
+        <v>61.28837</v>
       </c>
       <c r="D13" s="3">
-        <v>11850</v>
+        <v>470</v>
       </c>
       <c r="E13" s="3">
-        <v>1090</v>
+        <v>17700</v>
       </c>
       <c r="F13" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>12940</v>
+        <v>18170</v>
       </c>
       <c r="G13" s="4">
         <v>0</v>
       </c>
       <c r="H13" s="4">
-        <v>312.03</v>
+        <v>556.93</v>
       </c>
       <c r="I13" s="4">
-        <v>312.03</v>
+        <v>556.93</v>
       </c>
       <c r="J13" s="4">
         <f>[Prior Due]+[Half Due]+[Full Due]</f>
-        <v>624.06</v>
+        <v>1113.86</v>
       </c>
       <c r="K13" s="0">
         <v>5</v>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" s="1" t="s">
+    <row r="14">
+      <c r="A14" s="0" t="s">
         <v>27</v>
       </c>
+      <c r="B14" s="2">
+        <v>85.85</v>
+      </c>
+      <c r="C14" s="2">
+        <v>47.97926</v>
+      </c>
+      <c r="D14" s="3">
+        <v>11950</v>
+      </c>
+      <c r="E14" s="3">
+        <v>1210</v>
+      </c>
+      <c r="F14" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>13160</v>
+      </c>
+      <c r="G14" s="4">
+        <v>0</v>
+      </c>
+      <c r="H14" s="4">
+        <v>315.86</v>
+      </c>
+      <c r="I14" s="4">
+        <v>315.86</v>
+      </c>
+      <c r="J14" s="4">
+        <f>[Prior Due]+[Half Due]+[Full Due]</f>
+        <v>631.72</v>
+      </c>
+      <c r="K14" s="0">
+        <v>5</v>
+      </c>
     </row>
     <row r="17">
-      <c r="A17" s="5" t="s">
+      <c r="A17" s="1" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F18" s="5" t="s">
         <v>31</v>
-      </c>
-[...14 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="B19" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="B19" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="6">
-        <v>0</v>
+        <v>260</v>
       </c>
       <c r="D19" s="6">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="E19" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>50</v>
+        <v>260</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B20" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="B20" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="6">
         <v>0</v>
       </c>
       <c r="D20" s="6">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="E20" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B21" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="B21" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" s="6">
-        <v>0</v>
+        <v>460</v>
       </c>
       <c r="D21" s="6">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="E21" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>70</v>
+        <v>460</v>
       </c>
       <c r="F21" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="B22" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="B22" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" s="6">
-        <v>0</v>
+        <v>1230</v>
       </c>
       <c r="D22" s="6">
-        <v>90</v>
+        <v>530</v>
       </c>
       <c r="E22" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>90</v>
+        <v>1760</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B23" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="B23" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="6">
-        <v>1370</v>
+        <v>0</v>
       </c>
       <c r="D23" s="6">
-        <v>410</v>
+        <v>250</v>
       </c>
       <c r="E23" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1780</v>
+        <v>250</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B24" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="B24" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="6">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="D24" s="6">
-        <v>260</v>
+        <v>220</v>
       </c>
       <c r="E24" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>340</v>
+        <v>220</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="B25" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="6">
+        <v>0</v>
+      </c>
+      <c r="D25" s="6">
         <v>80</v>
       </c>
-      <c r="D25" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>340</v>
+        <v>80</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B26" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="B26" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="6">
-        <v>390</v>
+        <v>10720</v>
       </c>
       <c r="D26" s="6">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="E26" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>450</v>
+        <v>10850</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B27" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="B27" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="6">
-        <v>9930</v>
+        <v>60</v>
       </c>
       <c r="D27" s="6">
-        <v>100</v>
+        <v>4650</v>
       </c>
       <c r="E27" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>10030</v>
+        <v>4710</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B28" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="B28" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="6">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="D28" s="6">
-        <v>130</v>
+        <v>220</v>
       </c>
       <c r="E28" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>270</v>
+        <v>220</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B29" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="B29" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" s="6">
-        <v>230</v>
+        <v>0</v>
       </c>
       <c r="D29" s="6">
-        <v>2550</v>
+        <v>130</v>
       </c>
       <c r="E29" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2780</v>
+        <v>130</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B30" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="B30" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="6">
-        <v>780</v>
+        <v>0</v>
       </c>
       <c r="D30" s="6">
-        <v>260</v>
+        <v>2210</v>
       </c>
       <c r="E30" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1040</v>
+        <v>2210</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B31" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="B31" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="6">
-        <v>0</v>
+        <v>8010</v>
       </c>
       <c r="D31" s="6">
-        <v>3040</v>
+        <v>1480</v>
       </c>
       <c r="E31" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>3040</v>
+        <v>9490</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B32" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="B32" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="6">
-        <v>8730</v>
+        <v>140</v>
       </c>
       <c r="D32" s="6">
-        <v>1770</v>
+        <v>450</v>
       </c>
       <c r="E32" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>10500</v>
+        <v>590</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="B33" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="B33" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="6">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="D33" s="6">
-        <v>580</v>
+        <v>2730</v>
       </c>
       <c r="E33" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>830</v>
+        <v>2970</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B34" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="B34" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C34" s="6">
-        <v>680</v>
+        <v>180</v>
       </c>
       <c r="D34" s="6">
-        <v>2210</v>
+        <v>1320</v>
       </c>
       <c r="E34" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2890</v>
+        <v>1500</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B35" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="B35" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="6">
-        <v>290</v>
+        <v>200</v>
       </c>
       <c r="D35" s="6">
-        <v>1380</v>
+        <v>5280</v>
       </c>
       <c r="E35" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1670</v>
+        <v>5480</v>
       </c>
       <c r="F35" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B36" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="B36" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="6">
-        <v>300</v>
+        <v>190</v>
       </c>
       <c r="D36" s="6">
-        <v>5360</v>
+        <v>4680</v>
       </c>
       <c r="E36" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5660</v>
+        <v>4870</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B37" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="B37" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="6">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="D37" s="6">
-        <v>5530</v>
+        <v>6420</v>
       </c>
       <c r="E37" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5830</v>
+        <v>6920</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B38" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="B38" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="6">
-        <v>380</v>
+        <v>80</v>
       </c>
       <c r="D38" s="6">
-        <v>7770</v>
+        <v>7340</v>
       </c>
       <c r="E38" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>8150</v>
+        <v>7420</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="B39" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="B39" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="6">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="D39" s="6">
-        <v>8190</v>
+        <v>400</v>
       </c>
       <c r="E39" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>8310</v>
+        <v>510</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B40" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="B40" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40" s="6">
-        <v>0</v>
+        <v>600</v>
       </c>
       <c r="D40" s="6">
-        <v>520</v>
+        <v>1640</v>
       </c>
       <c r="E40" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>520</v>
+        <v>2240</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B41" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="B41" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C41" s="6">
-        <v>940</v>
+        <v>0</v>
       </c>
       <c r="D41" s="6">
-        <v>1800</v>
+        <v>120</v>
       </c>
       <c r="E41" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2740</v>
+        <v>120</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="B42" s="5" t="s">
         <v>79</v>
       </c>
-      <c r="B42" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" s="6">
-        <v>0</v>
+        <v>390</v>
       </c>
       <c r="D42" s="6">
-        <v>130</v>
+        <v>2270</v>
       </c>
       <c r="E42" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>130</v>
+        <v>2660</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="B43" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="B43" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="6">
-        <v>300</v>
+        <v>440</v>
       </c>
       <c r="D43" s="6">
-        <v>2470</v>
+        <v>2540</v>
       </c>
       <c r="E43" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2770</v>
+        <v>2980</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="B44" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="B44" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="6">
-        <v>330</v>
+        <v>0</v>
       </c>
       <c r="D44" s="6">
-        <v>2170</v>
+        <v>7740</v>
       </c>
       <c r="E44" s="8">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2500</v>
+        <v>7740</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>23</v>
-[...41 lines deleted...]
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K22"/>
+  <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="29.176645278930664" customWidth="1"/>
     <col min="4" max="4" width="30.439105987548828" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>20.9</v>
+        <v>15.38</v>
       </c>
       <c r="D3" s="4">
-        <v>20.9</v>
+        <v>15.38</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>41.8</v>
+        <v>30.76</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-8.61</v>
+        <v>-6.45</v>
       </c>
       <c r="D4" s="4">
-        <v>-8.61</v>
+        <v>-6.45</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-17.22</v>
+        <v>-12.9</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>12.29</v>
+        <v>8.93</v>
       </c>
       <c r="D8" s="4">
-        <v>12.29</v>
+        <v>8.93</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>24.58</v>
+        <v>17.86</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>12.29</v>
+        <v>8.93</v>
       </c>
       <c r="D11" s="4">
-        <v>12.29</v>
+        <v>8.93</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>24.58</v>
+        <v>17.86</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>12.29</v>
+        <v>8.93</v>
       </c>
       <c r="D13" s="4">
-        <v>12.29</v>
+        <v>8.93</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>24.58</v>
+        <v>17.86</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="F17" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="G17" s="3">
-        <v>0</v>
+        <v>260</v>
       </c>
       <c r="H17" s="3">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>50</v>
+        <v>260</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.09803921568627452</v>
+        <v>0.6842105263157895</v>
       </c>
       <c r="K17" s="10">
-        <v>2.5</v>
+        <v>12.24</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="2">
-        <v>80.83</v>
+        <v>80.8</v>
       </c>
       <c r="F18" s="2">
-        <v>46.842181</v>
+        <v>46.803422</v>
       </c>
       <c r="G18" s="3">
         <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>50</v>
+        <v>120</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.09803921568627452</v>
+        <v>0.3157894736842105</v>
       </c>
       <c r="K18" s="10">
-        <v>2.5</v>
-[...147 lines deleted...]
-        <v>4.78</v>
+        <v>5.62</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="36.44859313964844" customWidth="1"/>
-    <col min="4" max="4" width="31.096939086914062" customWidth="1"/>
+    <col min="4" max="4" width="34.19375991821289" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>1932.61</v>
+        <v>1975.61</v>
       </c>
       <c r="D3" s="4">
-        <v>1932.61</v>
+        <v>1975.61</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>3865.22</v>
+        <v>3951.22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-711.48</v>
+        <v>-710.14</v>
       </c>
       <c r="D4" s="4">
-        <v>-711.48</v>
+        <v>-710.14</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-1422.96</v>
+        <v>-1420.28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>1221.13</v>
+        <v>1265.47</v>
       </c>
       <c r="D8" s="4">
-        <v>1221.13</v>
+        <v>1265.47</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>2442.26</v>
+        <v>2530.94</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>1221.13</v>
+        <v>1265.47</v>
       </c>
       <c r="D11" s="4">
-        <v>1221.13</v>
+        <v>1265.47</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>2442.26</v>
+        <v>2530.94</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>1221.13</v>
+        <v>1265.47</v>
       </c>
       <c r="D13" s="4">
-        <v>1221.13</v>
+        <v>1265.47</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>2442.26</v>
+        <v>2530.94</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E17" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F17" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G17" s="3">
-        <v>140</v>
+        <v>60</v>
       </c>
       <c r="H17" s="3">
-        <v>130</v>
+        <v>4650</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>270</v>
+        <v>4710</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.006053811659192825</v>
+        <v>0.10591409939284913</v>
       </c>
       <c r="K17" s="10">
-        <v>14.9</v>
+        <v>268.1</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E18" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F18" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G18" s="3">
         <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>3040</v>
+        <v>2210</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>3040</v>
+        <v>2210</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.06816143497757847</v>
+        <v>0.04969642455588037</v>
       </c>
       <c r="K18" s="10">
-        <v>166.36</v>
+        <v>125.78</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E19" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F19" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G19" s="3">
-        <v>8730</v>
+        <v>8010</v>
       </c>
       <c r="H19" s="3">
-        <v>1770</v>
+        <v>1480</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>10500</v>
+        <v>9490</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.23542600896860988</v>
+        <v>0.21340229368113336</v>
       </c>
       <c r="K19" s="10">
-        <v>574.88</v>
+        <v>539.96</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E20" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F20" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G20" s="3">
-        <v>250</v>
+        <v>140</v>
       </c>
       <c r="H20" s="3">
-        <v>580</v>
+        <v>450</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>830</v>
+        <v>590</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.01860986547085202</v>
+        <v>0.013267371261524625</v>
       </c>
       <c r="K20" s="10">
-        <v>45.48</v>
+        <v>33.68</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E21" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F21" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G21" s="3">
-        <v>680</v>
+        <v>240</v>
       </c>
       <c r="H21" s="3">
-        <v>2210</v>
+        <v>2730</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2890</v>
+        <v>2970</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0647982062780269</v>
+        <v>0.06678659770631887</v>
       </c>
       <c r="K21" s="10">
-        <v>158.26</v>
+        <v>169.08</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E22" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F22" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G22" s="3">
-        <v>290</v>
+        <v>180</v>
       </c>
       <c r="H22" s="3">
-        <v>1380</v>
+        <v>1320</v>
       </c>
       <c r="I22" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1670</v>
+        <v>1500</v>
       </c>
       <c r="J22" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.03744394618834081</v>
+        <v>0.03373060490218125</v>
       </c>
       <c r="K22" s="10">
-        <v>91.52</v>
+        <v>85.52</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E23" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F23" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G23" s="3">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="H23" s="3">
-        <v>5360</v>
+        <v>5280</v>
       </c>
       <c r="I23" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5660</v>
+        <v>5480</v>
       </c>
       <c r="J23" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.12690582959641258</v>
+        <v>0.12322914324263548</v>
       </c>
       <c r="K23" s="10">
-        <v>309.9</v>
+        <v>311.84</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E24" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F24" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G24" s="3">
-        <v>300</v>
+        <v>190</v>
       </c>
       <c r="H24" s="3">
-        <v>5530</v>
+        <v>4680</v>
       </c>
       <c r="I24" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>5830</v>
+        <v>4870</v>
       </c>
       <c r="J24" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.13071748878923767</v>
+        <v>0.10951203058241511</v>
       </c>
       <c r="K24" s="10">
-        <v>319.16</v>
+        <v>277.14</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E25" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F25" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G25" s="3">
-        <v>380</v>
+        <v>500</v>
       </c>
       <c r="H25" s="3">
-        <v>7770</v>
+        <v>6420</v>
       </c>
       <c r="I25" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>8150</v>
+        <v>6920</v>
       </c>
       <c r="J25" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.1827354260089686</v>
+        <v>0.15561052394872948</v>
       </c>
       <c r="K25" s="10">
-        <v>446.22</v>
+        <v>393.72</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E26" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F26" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G26" s="3">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="H26" s="3">
-        <v>520</v>
+        <v>400</v>
       </c>
       <c r="I26" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="J26" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.01165919282511211</v>
+        <v>0.011468405666741623</v>
       </c>
       <c r="K26" s="10">
-        <v>28.46</v>
+        <v>29.08</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E27" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F27" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G27" s="3">
-        <v>940</v>
+        <v>600</v>
       </c>
       <c r="H27" s="3">
-        <v>1800</v>
+        <v>1640</v>
       </c>
       <c r="I27" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2740</v>
+        <v>2240</v>
       </c>
       <c r="J27" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.06143497757847534</v>
+        <v>0.05037103665392399</v>
       </c>
       <c r="K27" s="10">
-        <v>150.06</v>
+        <v>127.4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E28" s="2">
-        <v>86.64</v>
+        <v>88.83</v>
       </c>
       <c r="F28" s="2">
-        <v>54.731092</v>
+        <v>56.891697</v>
       </c>
       <c r="G28" s="3">
-        <v>330</v>
+        <v>440</v>
       </c>
       <c r="H28" s="3">
-        <v>2170</v>
+        <v>2540</v>
       </c>
       <c r="I28" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2500</v>
+        <v>2980</v>
       </c>
       <c r="J28" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.05605381165919283</v>
+        <v>0.06701146840566674</v>
       </c>
       <c r="K28" s="10">
-        <v>137.06</v>
+        <v>169.64</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="13.360334396362305" customWidth="1"/>
     <col min="4" max="4" width="32.00849151611328" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>3.7</v>
+        <v>0.4</v>
       </c>
       <c r="D3" s="4">
-        <v>3.7</v>
+        <v>0.4</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>7.4</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-1.69</v>
+        <v>-0.19</v>
       </c>
       <c r="D4" s="4">
-        <v>-1.69</v>
+        <v>-0.19</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-3.38</v>
+        <v>-0.38</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>2.01</v>
+        <v>0.21</v>
       </c>
       <c r="D8" s="4">
-        <v>2.01</v>
+        <v>0.21</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>4.02</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>2.01</v>
+        <v>0.21</v>
       </c>
       <c r="D11" s="4">
-        <v>2.01</v>
+        <v>0.21</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>4.02</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>2.01</v>
+        <v>0.21</v>
       </c>
       <c r="D13" s="4">
-        <v>2.01</v>
+        <v>0.21</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>4.02</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E17" s="2">
-        <v>82.15</v>
+        <v>81.9</v>
       </c>
       <c r="F17" s="2">
-        <v>44.548776</v>
+        <v>44.318332</v>
       </c>
       <c r="G17" s="3">
         <v>0</v>
       </c>
       <c r="H17" s="3">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
         <v>1</v>
       </c>
       <c r="K17" s="10">
-        <v>4.02</v>
+        <v>0.42</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K21"/>
+  <dimension ref="A1:K17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
-    <col min="3" max="3" width="19.74909782409668" customWidth="1"/>
-    <col min="4" max="4" width="30.686689376831055" customWidth="1"/>
+    <col min="3" max="3" width="14.344244003295898" customWidth="1"/>
+    <col min="4" max="4" width="33.46022033691406" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>1062.15</v>
+        <v>20.39</v>
       </c>
       <c r="D3" s="4">
-        <v>1062.15</v>
+        <v>20.39</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>2124.3</v>
+        <v>40.78</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-391.33</v>
+        <v>-7.6</v>
       </c>
       <c r="D4" s="4">
-        <v>-391.33</v>
+        <v>-7.6</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-782.66</v>
+        <v>-15.2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>670.82</v>
+        <v>12.79</v>
       </c>
       <c r="D8" s="4">
-        <v>670.82</v>
+        <v>12.79</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1341.64</v>
+        <v>25.58</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>670.82</v>
+        <v>12.79</v>
       </c>
       <c r="D11" s="4">
-        <v>670.82</v>
+        <v>12.79</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1341.64</v>
+        <v>25.58</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>670.82</v>
+        <v>12.79</v>
       </c>
       <c r="D13" s="4">
-        <v>670.82</v>
+        <v>12.79</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1341.64</v>
+        <v>25.58</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E17" s="2">
-        <v>89.73</v>
+        <v>88.42</v>
       </c>
       <c r="F17" s="2">
-        <v>56.66545</v>
+        <v>55.563296</v>
       </c>
       <c r="G17" s="3">
-        <v>230</v>
+        <v>460</v>
       </c>
       <c r="H17" s="3">
-        <v>2550</v>
+        <v>0</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>2780</v>
+        <v>460</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.11744824672581328</v>
+        <v>1</v>
       </c>
       <c r="K17" s="10">
-        <v>157.6</v>
-[...147 lines deleted...]
-        <v>497.1</v>
+        <v>25.58</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
+    <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
+    <col min="3" max="3" width="19.74909782409668" customWidth="1"/>
+    <col min="4" max="4" width="33.78350830078125" customWidth="1"/>
+    <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
+    <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
+    <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
+    <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
+    <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
+    <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
+    <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="1" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="B2" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C2" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="D2" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="E2" s="0" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="B3" s="4">
+        <v>0</v>
+      </c>
+      <c r="C3" s="4">
+        <v>857.9</v>
+      </c>
+      <c r="D3" s="4">
+        <v>857.9</v>
+      </c>
+      <c r="E3" s="4">
+        <f>[Prior]+[First]+[Second]</f>
+        <v>1715.8</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B4" s="4">
+        <v>0</v>
+      </c>
+      <c r="C4" s="4">
+        <v>-300.97</v>
+      </c>
+      <c r="D4" s="4">
+        <v>-300.97</v>
+      </c>
+      <c r="E4" s="4">
+        <f>[Prior]+[First]+[Second]</f>
+        <v>-601.94</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B5" s="4">
+        <v>0</v>
+      </c>
+      <c r="C5" s="4">
+        <v>0</v>
+      </c>
+      <c r="D5" s="4">
+        <v>0</v>
+      </c>
+      <c r="E5" s="4">
+        <f>[Prior]+[First]+[Second]</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="B6" s="4">
+        <v>0</v>
+      </c>
+      <c r="C6" s="4">
+        <v>0</v>
+      </c>
+      <c r="D6" s="4">
+        <v>0</v>
+      </c>
+      <c r="E6" s="4">
+        <f>[Prior]+[First]+[Second]</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="B7" s="4">
+        <v>0</v>
+      </c>
+      <c r="C7" s="4">
+        <v>0</v>
+      </c>
+      <c r="D7" s="4">
+        <v>0</v>
+      </c>
+      <c r="E7" s="4">
+        <f>[Prior]+[First]+[Second]</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B8" s="4">
+        <v>0</v>
+      </c>
+      <c r="C8" s="4">
+        <v>556.93</v>
+      </c>
+      <c r="D8" s="4">
+        <v>556.93</v>
+      </c>
+      <c r="E8" s="4">
+        <f>[Prior]+[First]+[Second]</f>
+        <v>1113.86</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="B9" s="4">
+        <v>0</v>
+      </c>
+      <c r="C9" s="4">
+        <v>0</v>
+      </c>
+      <c r="D9" s="4">
+        <v>0</v>
+      </c>
+      <c r="E9" s="4">
+        <f>[Prior]+[First]+[Second]</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B10" s="4">
+        <v>0</v>
+      </c>
+      <c r="C10" s="4">
+        <v>0</v>
+      </c>
+      <c r="D10" s="4">
+        <v>0</v>
+      </c>
+      <c r="E10" s="4">
+        <f>[Prior]+[First]+[Second]</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" s="4">
+        <v>0</v>
+      </c>
+      <c r="C11" s="4">
+        <v>556.93</v>
+      </c>
+      <c r="D11" s="4">
+        <v>556.93</v>
+      </c>
+      <c r="E11" s="4">
+        <f>[Prior]+[First]+[Second]</f>
+        <v>1113.86</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" s="4">
+        <v>0</v>
+      </c>
+      <c r="C12" s="4">
+        <v>0</v>
+      </c>
+      <c r="D12" s="4">
+        <v>0</v>
+      </c>
+      <c r="E12" s="4">
+        <f>[Prior]+[First]+[Second]</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" s="4">
+        <v>0</v>
+      </c>
+      <c r="C13" s="4">
+        <v>556.93</v>
+      </c>
+      <c r="D13" s="4">
+        <v>556.93</v>
+      </c>
+      <c r="E13" s="4">
+        <f>[Prior]+[First]+[Second]</f>
+        <v>1113.86</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J16" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="K16" s="0" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="E17" s="2">
+        <v>94.41</v>
+      </c>
+      <c r="F17" s="2">
+        <v>61.28837</v>
+      </c>
+      <c r="G17" s="3">
+        <v>0</v>
+      </c>
+      <c r="H17" s="3">
+        <v>220</v>
+      </c>
+      <c r="I17" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>220</v>
+      </c>
+      <c r="J17" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.012107870115575124</v>
+      </c>
+      <c r="K17" s="10">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="E18" s="2">
+        <v>94.41</v>
+      </c>
+      <c r="F18" s="2">
+        <v>61.28837</v>
+      </c>
+      <c r="G18" s="3">
+        <v>0</v>
+      </c>
+      <c r="H18" s="3">
+        <v>130</v>
+      </c>
+      <c r="I18" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>130</v>
+      </c>
+      <c r="J18" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.007154650522839846</v>
+      </c>
+      <c r="K18" s="10">
+        <v>8.06</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="D19" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="E19" s="2">
+        <v>94.41</v>
+      </c>
+      <c r="F19" s="2">
+        <v>61.28837</v>
+      </c>
+      <c r="G19" s="3">
+        <v>80</v>
+      </c>
+      <c r="H19" s="3">
+        <v>7340</v>
+      </c>
+      <c r="I19" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>7420</v>
+      </c>
+      <c r="J19" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.4083654375343974</v>
+      </c>
+      <c r="K19" s="10">
+        <v>454.78</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="E20" s="2">
+        <v>94.41</v>
+      </c>
+      <c r="F20" s="2">
+        <v>61.28837</v>
+      </c>
+      <c r="G20" s="3">
+        <v>390</v>
+      </c>
+      <c r="H20" s="3">
+        <v>2270</v>
+      </c>
+      <c r="I20" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>2660</v>
+      </c>
+      <c r="J20" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.14639515685195378</v>
+      </c>
+      <c r="K20" s="10">
+        <v>163.1</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="D21" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="E21" s="2">
+        <v>94.41</v>
+      </c>
+      <c r="F21" s="2">
+        <v>61.28837</v>
+      </c>
+      <c r="G21" s="3">
+        <v>0</v>
+      </c>
+      <c r="H21" s="3">
+        <v>7740</v>
+      </c>
+      <c r="I21" s="3">
+        <f>[Oil Value]+[Gas Value]</f>
+        <v>7740</v>
+      </c>
+      <c r="J21" s="9">
+        <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
+        <v>0.4259768849752339</v>
+      </c>
+      <c r="K21" s="10">
+        <v>474.42</v>
+      </c>
+    </row>
+  </sheetData>
+  <headerFooter/>
+  <tableParts>
+    <tablePart r:id="rId1"/>
+    <tablePart r:id="rId2"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.695058822631836" customWidth="1"/>
     <col min="2" max="2" width="17.24491310119629" customWidth="1"/>
     <col min="3" max="3" width="25.75448989868164" customWidth="1"/>
     <col min="4" max="4" width="27.53973960876465" customWidth="1"/>
     <col min="5" max="5" width="11.268165588378906" customWidth="1"/>
     <col min="6" max="6" width="15.778861045837402" customWidth="1"/>
     <col min="7" max="7" width="11.531092643737793" customWidth="1"/>
     <col min="8" max="8" width="12.350568771362305" customWidth="1"/>
     <col min="9" max="9" width="13.5526704788208" customWidth="1"/>
     <col min="10" max="10" width="28.065874099731445" customWidth="1"/>
     <col min="11" max="11" width="21.429248809814453" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="B3" s="4">
         <v>0</v>
       </c>
       <c r="C3" s="4">
-        <v>557.23</v>
+        <v>565.03</v>
       </c>
       <c r="D3" s="4">
-        <v>557.23</v>
+        <v>565.03</v>
       </c>
       <c r="E3" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>1114.46</v>
+        <v>1130.06</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="B4" s="4">
         <v>0</v>
       </c>
       <c r="C4" s="4">
-        <v>-245.2</v>
+        <v>-249.17</v>
       </c>
       <c r="D4" s="4">
-        <v>-245.2</v>
+        <v>-249.17</v>
       </c>
       <c r="E4" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>-490.4</v>
+        <v>-498.34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="B5" s="4">
         <v>0</v>
       </c>
       <c r="C5" s="4">
         <v>0</v>
       </c>
       <c r="D5" s="4">
         <v>0</v>
       </c>
       <c r="E5" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="B6" s="4">
         <v>0</v>
       </c>
       <c r="C6" s="4">
         <v>0</v>
       </c>
       <c r="D6" s="4">
         <v>0</v>
       </c>
       <c r="E6" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="B7" s="4">
         <v>0</v>
       </c>
       <c r="C7" s="4">
         <v>0</v>
       </c>
       <c r="D7" s="4">
         <v>0</v>
       </c>
       <c r="E7" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B8" s="4">
         <v>0</v>
       </c>
       <c r="C8" s="4">
-        <v>312.03</v>
+        <v>315.86</v>
       </c>
       <c r="D8" s="4">
-        <v>312.03</v>
+        <v>315.86</v>
       </c>
       <c r="E8" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>624.06</v>
+        <v>631.72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B9" s="4">
         <v>0</v>
       </c>
       <c r="C9" s="4">
         <v>0</v>
       </c>
       <c r="D9" s="4">
         <v>0</v>
       </c>
       <c r="E9" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B10" s="4">
         <v>0</v>
       </c>
       <c r="C10" s="4">
         <v>0</v>
       </c>
       <c r="D10" s="4">
         <v>0</v>
       </c>
       <c r="E10" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B11" s="4">
         <v>0</v>
       </c>
       <c r="C11" s="4">
-        <v>312.03</v>
+        <v>315.86</v>
       </c>
       <c r="D11" s="4">
-        <v>312.03</v>
+        <v>315.86</v>
       </c>
       <c r="E11" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>624.06</v>
+        <v>631.72</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="B12" s="4">
         <v>0</v>
       </c>
       <c r="C12" s="4">
         <v>0</v>
       </c>
       <c r="D12" s="4">
         <v>0</v>
       </c>
       <c r="E12" s="4">
         <f>[Prior]+[First]+[Second]</f>
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="B13" s="4">
         <v>0</v>
       </c>
       <c r="C13" s="4">
-        <v>312.03</v>
+        <v>315.86</v>
       </c>
       <c r="D13" s="4">
-        <v>312.03</v>
+        <v>315.86</v>
       </c>
       <c r="E13" s="4">
         <f>[Prior]+[First]+[Second]</f>
-        <v>624.06</v>
+        <v>631.72</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="K16" s="0" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E17" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F17" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G17" s="3">
-        <v>1370</v>
+        <v>1230</v>
       </c>
       <c r="H17" s="3">
-        <v>410</v>
+        <v>530</v>
       </c>
       <c r="I17" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>1780</v>
+        <v>1760</v>
       </c>
       <c r="J17" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.1375579598145286</v>
+        <v>0.13373860182370823</v>
       </c>
       <c r="K17" s="10">
-        <v>85.82</v>
+        <v>84.56</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E18" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F18" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G18" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="H18" s="3">
-        <v>260</v>
+        <v>250</v>
       </c>
       <c r="I18" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>340</v>
+        <v>250</v>
       </c>
       <c r="J18" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.02627511591962906</v>
+        <v>0.018996960486322188</v>
       </c>
       <c r="K18" s="10">
-        <v>16.4</v>
+        <v>12.06</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E19" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F19" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G19" s="3">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="H19" s="3">
-        <v>260</v>
+        <v>220</v>
       </c>
       <c r="I19" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>340</v>
+        <v>220</v>
       </c>
       <c r="J19" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.02627511591962906</v>
+        <v>0.016717325227963528</v>
       </c>
       <c r="K19" s="10">
-        <v>16.4</v>
+        <v>10.6</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E20" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F20" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G20" s="3">
-        <v>390</v>
+        <v>0</v>
       </c>
       <c r="H20" s="3">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="I20" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>450</v>
+        <v>80</v>
       </c>
       <c r="J20" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.0347758887171561</v>
+        <v>0.0060790273556231</v>
       </c>
       <c r="K20" s="10">
-        <v>21.78</v>
+        <v>3.88</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E21" s="2">
-        <v>86.1</v>
+        <v>85.85</v>
       </c>
       <c r="F21" s="2">
-        <v>48.212873</v>
+        <v>47.97926</v>
       </c>
       <c r="G21" s="3">
-        <v>9930</v>
+        <v>10720</v>
       </c>
       <c r="H21" s="3">
-        <v>100</v>
+        <v>130</v>
       </c>
       <c r="I21" s="3">
         <f>[Oil Value]+[Gas Value]</f>
-        <v>10030</v>
+        <v>10850</v>
       </c>
       <c r="J21" s="9">
         <f>IF(SUM([Total Value])=0,0,[Total Value]/SUM([Total Value]))</f>
-        <v>0.7751159196290572</v>
+        <v>0.824468085106383</v>
       </c>
       <c r="K21" s="10">
-        <v>483.66</v>
+        <v>520.62</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>